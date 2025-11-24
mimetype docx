--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -7,164 +7,214 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3BA57FA4" w14:textId="6C0D2F66" w:rsidR="00294A83" w:rsidRPr="000D7A22" w:rsidRDefault="00294A83" w:rsidP="10C07F66">
+    <w:p w14:paraId="22AA0C5D" w14:textId="77777777" w:rsidR="003F35F1" w:rsidRDefault="003F35F1" w:rsidP="10C07F66">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23A801B7" w14:textId="77777777" w:rsidR="003F35F1" w:rsidRDefault="003F35F1" w:rsidP="10C07F66">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="122799D9" w14:textId="77777777" w:rsidR="00E121C0" w:rsidRDefault="00E121C0" w:rsidP="10C07F66">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA57FA4" w14:textId="5950F72F" w:rsidR="00294A83" w:rsidRPr="000D7A22" w:rsidRDefault="00294A83" w:rsidP="10C07F66">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D7A22">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A60533A" wp14:editId="445ED8EB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A60533A" wp14:editId="3414D3A0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1957705</wp:posOffset>
+              <wp:posOffset>1960245</wp:posOffset>
             </wp:positionH>
-            <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-674621</wp:posOffset>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>826135</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2025650" cy="624840"/>
-[...2 lines deleted...]
-            <wp:docPr id="477142542" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+            <wp:extent cx="2029460" cy="621665"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="6985"/>
+            <wp:wrapNone/>
+            <wp:docPr id="477142542" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EDCCDD0-DC34-4F01-9C29-9F42E93D7E1F}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="477142542" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2025650" cy="624840"/>
+                      <a:ext cx="2029460" cy="621665"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="000D7A22">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Faculty Vitae</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10624" w:type="dxa"/>
         <w:tblInd w:w="-522" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1729"/>
         <w:gridCol w:w="42"/>
         <w:gridCol w:w="1124"/>
         <w:gridCol w:w="592"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="991"/>
         <w:gridCol w:w="212"/>
         <w:gridCol w:w="778"/>
         <w:gridCol w:w="340"/>
         <w:gridCol w:w="759"/>
         <w:gridCol w:w="465"/>
         <w:gridCol w:w="30"/>
         <w:gridCol w:w="476"/>
         <w:gridCol w:w="249"/>
         <w:gridCol w:w="658"/>
         <w:gridCol w:w="1460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00294A83" w14:paraId="3F899974" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00294A83" w14:paraId="3F899974" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1AA47A2F" w14:textId="330C66F1" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Program Director Name</w:t>
             </w:r>
           </w:p>
@@ -174,95 +224,95 @@
             <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="32F01605" w14:textId="6B526D80" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00294A83" w14:paraId="58381725" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00294A83" w14:paraId="58381725" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="060DAAB0" w14:textId="77777777" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59CB7DC8" w14:textId="77777777" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="6EA55844" w14:textId="77777777" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00777A2E" w14:paraId="4C6E3569" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00777A2E" w14:paraId="4C6E3569" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6FA178B5" w14:textId="07BC2053" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Faculty Name</w:t>
             </w:r>
           </w:p>
@@ -272,95 +322,95 @@
             <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="20A09B30" w14:textId="17263535" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date of Appointment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D7A22" w14:paraId="4B445337" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="000D7A22" w14:paraId="4B445337" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="735A09CC" w14:textId="77777777" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E1EC16B" w14:textId="2FD4025B" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="0CEF16A4" w14:textId="77777777" w:rsidR="00294A83" w:rsidRDefault="00294A83" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A36F9" w14:paraId="00BCC46F" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="009A36F9" w14:paraId="00BCC46F" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="22ECAB3D" w14:textId="39833BE4" w:rsidR="0001471E" w:rsidRDefault="0001471E" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Full-Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -532,51 +582,51 @@
             <w:tcW w:w="2367" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5C59EBED" w14:textId="456D274C" w:rsidR="0001471E" w:rsidRPr="00B57AD4" w:rsidRDefault="0001471E" w:rsidP="00294A83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E53BC" w14:paraId="44FEE601" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="000E53BC" w14:paraId="44FEE601" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33968960" w14:textId="4E01E38B" w:rsidR="000E53BC" w:rsidRDefault="000E53BC" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0050AB33" w14:textId="059F0CDA" w:rsidR="000E53BC" w:rsidRDefault="000E53BC" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -660,92 +710,92 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2367" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2756B8DE" w14:textId="2203D5A5" w:rsidR="000E53BC" w:rsidRDefault="000E53BC" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="2E9245D1" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="2E9245D1" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="59F1DC03" w14:textId="6A3D194A" w:rsidR="00B3435C" w:rsidRPr="009A36F9" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A36F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Provide the appropriate license number</w:t>
             </w:r>
             <w:r w:rsidR="009A36F9" w:rsidRPr="009A36F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and expiration date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A36F9" w14:paraId="211BDFF3" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="009A36F9" w14:paraId="211BDFF3" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2895" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="15891461" w14:textId="30236AF0" w:rsidR="009A36F9" w:rsidRDefault="009A36F9" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NC RN License Number</w:t>
             </w:r>
           </w:p>
@@ -826,95 +876,95 @@
             <w:tcW w:w="2118" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1B6C3437" w14:textId="03645772" w:rsidR="009A36F9" w:rsidRDefault="009A36F9" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Expiration Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="4CEE8DD0" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="4CEE8DD0" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="3042C897" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FBFF246" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="11BE4F22" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="1850AE64" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="1850AE64" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E07809A" w14:textId="1EB90531" w:rsidR="00B3435C" w:rsidRPr="009A36F9" w:rsidRDefault="00B3435C" w:rsidP="746B43F3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="746B43F3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
@@ -957,73 +1007,73 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> may be requested for review by the NC Board of Nursing.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="276CE9C3" w14:textId="16C1F357" w:rsidR="00B3435C" w:rsidRPr="000D7A22" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="1776728D" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="1776728D" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="73F19F3A" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00C10D6F" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="566DE757" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="566DE757" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
           </w:tcPr>
           <w:p w14:paraId="0B602F1E" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00EB714D" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB714D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21 NCAC 36 .0318 FACULTY (c)(5)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03FC4348" w14:textId="3F1CC8DB" w:rsidR="00B3435C" w:rsidRPr="0054559F" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
@@ -1456,51 +1506,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="00DF6214" w:rsidRPr="00DF6214">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>appropriate to faculty assignment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="1545E857" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="1545E857" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
           </w:tcPr>
           <w:p w14:paraId="2FACDA78" w14:textId="39DA40D4" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054559F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The faculty member meets the teaching/learning preparation requirement by selecting </w:t>
             </w:r>
             <w:r w:rsidRPr="0054559F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -1529,158 +1579,151 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>listed below</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E82746">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>within the first three years of employment in nursing education.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="2179BF5C" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="2179BF5C" w14:textId="77777777" w:rsidTr="00753E46">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="307D6C89" w14:textId="231B1728" w:rsidR="00B3435C" w:rsidRPr="00CA7499" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA7499">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Place check here if applicable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2FE5E472" w14:textId="150D9020" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001E03D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. Completion of 45 contact hours of continuing education courses. Specify from the list </w:t>
+              <w:t xml:space="preserve"> Completion of 45 contact hours of continuing education courses. Specify from the list </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>of  Approved</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Programs. (</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00213ED8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Click </w:t>
-[...15 lines deleted...]
-                <w:t>ere</w:t>
+                <w:t>Click here</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> to download list).  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="2BB107AA" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="2BB107AA" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="544FBBCD" w14:textId="6D68F118" w:rsidR="00B3435C" w:rsidRPr="0054559F" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="06CFD4EF" w14:textId="6DF625EB" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
@@ -1706,100 +1749,100 @@
           </w:tcPr>
           <w:p w14:paraId="7895F3A5" w14:textId="58620805" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00431A7A" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Specify </w:t>
             </w:r>
             <w:r w:rsidR="00B3435C" w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Course Completion Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="46B6C6CD" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="46B6C6CD" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5A5020D3" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="4802789E" w14:textId="7A4F9691" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4097" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="21DA1726" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="76931B5E" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="76931B5E" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3599DEA7" w14:textId="74F34450" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA7499">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -1826,103 +1869,112 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FB86BF6" w14:textId="6F9F095E" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7D530FD3" w14:textId="0373B783" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001E03D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>B.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. Completion of a certificate program in nursing education                                                                               </w:t>
+              <w:t xml:space="preserve"> Completion of a certificate program in nursing education                                                                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="23FF34F6" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="23FF34F6" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="332"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="13C3AC72" w14:textId="44746502" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
           </w:tcPr>
           <w:p w14:paraId="4487ACDB" w14:textId="4053E0A2" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Specify Name of College or University</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="5D83BB4B" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="5D83BB4B" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="1835AEDF" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA7499">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -1949,103 +2001,112 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66300355" w14:textId="38939D8F" w:rsidR="00B3435C" w:rsidRPr="00E0534C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="58EED58F" w14:textId="3C58C46F" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001E03D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>C.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. Nine Semester Hours of Education Course Work                                                                                                </w:t>
+              <w:t xml:space="preserve"> Nine Semester Hours of Education Course Work                                                                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="49035608" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="49035608" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2B837FC4" w14:textId="145D773A" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
           </w:tcPr>
           <w:p w14:paraId="6650E8E4" w14:textId="434093B8" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Specify Name of College or University</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="7881DCFD" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="7881DCFD" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="17E12C21" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA7499">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Place check here if applicable</w:t>
@@ -2071,62 +2132,70 @@
           </w:p>
           <w:p w14:paraId="2D99136B" w14:textId="4B19617C" w:rsidR="00B3435C" w:rsidRPr="00E0534C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3A8E19D5" w14:textId="0322FFE1" w:rsidR="00B3435C" w:rsidRPr="00213ED8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001E03D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>D.</w:t>
+            </w:r>
             <w:r w:rsidRPr="00213ED8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>D. National Certification in Nursing Education (NLN’s Certified Nurse Educator)</w:t>
+              <w:t xml:space="preserve"> National Certification in Nursing Education (NLN’s Certified Nurse Educator)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="1964B612" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="1964B612" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="41CCE00F" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA7499">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Place check here if applicable</w:t>
@@ -2144,129 +2213,145 @@
           <w:p w14:paraId="48D6F784" w14:textId="2C3717C1" w:rsidR="00B3435C" w:rsidRPr="007512A8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="72BEB801" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="009A36F9" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001E03D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>E.</w:t>
+            </w:r>
             <w:r w:rsidRPr="007512A8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">E. Documentation of successful completion of structured, individualized development activities of at least 45 contact hours approved by the Board. </w:t>
+              <w:t xml:space="preserve"> Documentation of successful completion of structured, individualized development activities of at least 45 contact hours approved by the Board. </w:t>
             </w:r>
             <w:r w:rsidRPr="009A36F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>This option must be pre-approved by your assigned education consultant.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29D988E0" w14:textId="714272B7" w:rsidR="00B3435C" w:rsidRPr="007512A8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD52A7" w14:paraId="165BC18B" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00DD52A7" w14:paraId="165BC18B" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="19462DF6" w14:textId="39CB4D39" w:rsidR="00DD52A7" w:rsidRPr="00CA7499" w:rsidRDefault="00DD52A7" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD52A7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Place check here if applicable:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="345E07BE" w14:textId="7AD3764E" w:rsidR="00DD52A7" w:rsidRPr="007512A8" w:rsidRDefault="00DD52A7" w:rsidP="00DF4FEF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="001E03D3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>F.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">F. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DF4FEF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00DF4FEF" w:rsidRPr="00DF4FEF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">rior teaching experience in an academic setting seeking a faculty position shall be evaluated by the Program Director to assess </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00DF4FEF" w:rsidRPr="00DF4FEF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>each individual’s</w:t>
@@ -2309,489 +2394,1194 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>curriculum development, implementation, and evaluation,</w:t>
             </w:r>
             <w:r w:rsidR="00B67EFF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DF4FEF" w:rsidRPr="00DF4FEF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>appropriate to faculty assignment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="4A436DFF" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="006E2784" w14:paraId="26055DCE" w14:textId="77777777" w:rsidTr="00753E46">
+        <w:trPr>
+          <w:trHeight w:val="881"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C8F254" w14:textId="47823A6D" w:rsidR="006E2784" w:rsidRPr="00C53073" w:rsidRDefault="003D7E8F" w:rsidP="00DF4FEF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="324DD50F" wp14:editId="7BD377D9">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>991235</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>386715</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2033921292" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCE175F5-C714-441E-8102-63ECFCADFAE0}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="2">
+                                <a:schemeClr val="dk1"/>
+                              </a:lnRef>
+                              <a:fillRef idx="1">
+                                <a:schemeClr val="lt1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="dk1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="52990CEC" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:78.05pt;margin-top:30.45pt;width:10.8pt;height:9pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBiEuURgIAAOMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFvGjEMfp+0/xDlfRxHWbshjgpRdZqE&#10;WjQ69TnkEjgtF2dO4GC/fk7gDtShPUx7CXbsz46/+8z4fl8btlPoK7AFz3t9zpSVUFZ2XfDvL48f&#10;PnHmg7ClMGBVwQ/K8/vJ+3fjxo3UADZgSoWMilg/alzBNyG4UZZ5uVG18D1wylJQA9YikIvrrETR&#10;UPXaZIN+/zZrAEuHIJX3dPtwDPJJqq+1kuFZa68CMwWnt4V0YjpX8cwmYzFao3CbSp6eIf7hFbWo&#10;LDXtSj2IINgWqz9K1ZVE8KBDT0KdgdaVVGkGmibvv5lmuRFOpVmIHO86mvz/Kyufdku3QKKhcX7k&#10;yYxT7DXW8Zfex/aJrENHltoHJukyv7nLb4lSSaE8H970E5nZGezQhy8KahaNgiN9i0SR2M19oIaU&#10;2qaQc26frHAwKr7A2G9Ks6qkhoOETspQM4NsJ+iblj/y+A2pVsqMEF0Z04HyayATWtApN8JUUksH&#10;7F8Dnrt12akj2NAB68oC/h2sj/nt1MdZ49grKA8LZAhHnXonHysiby58WAgkYRLftGzhmQ5toCk4&#10;nCzONoC/rt3HfNILRTlrSOgF9z+3AhVn5qslJX3Oh8O4GckZfrwbkIOXkdVlxG7rGRDvOa21k8mM&#10;+cG0pkaoX2knp7ErhYSV1LvgMmDrzMJxAWmrpZpOUxptgxNhbpdOxuKR1SiOl/2rQHdSUCDpPUG7&#10;FGL0RkjH3Ii0MN0G0FVS2ZnXE9+0SUkwp62Pq3rpp6zzf9PkNwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ALyxir7dAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoXSTiJo1TVQhO&#10;ICoKB45uvE0i7HUUu0n697gnehzt08zbcjM7y0YcQudJwXIhgCHV3nTUKPj+en1YAQtRk9HWEyo4&#10;Y4BNdXtT6sL4iT5x3MeGpRIKhVbQxtgXnIe6RafDwvdI6Xb0g9MxxaHhZtBTKneWPwqRcac7Sgut&#10;7vG5xfp3f3IK/K472+2Qf4zvKH/edlFMc/ai1P3dvF0DizjHfxgu+kkdquR08CcygdmUn7JlQhVk&#10;Igd2AaSUwA4K5CoHXpX8+oPqDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMGIS5RGAgAA&#10;4wQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALyxir7d&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAoAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACq&#10;BQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="black [3200]" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00A46841">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E5A1290" wp14:editId="5CEA23C6">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2907665</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383858</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="582555679" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35E4D997-1F93-4603-AB3F-48568A9E35E8}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="59760255" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:228.95pt;margin-top:30.25pt;width:10.8pt;height:9pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhACUUfqbgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu9C/8MyBW92U9s0TcymiKB4Eq2F4m2bnXzQ7GzIbpv47x1PepthHt553nw32U5ccfCt&#10;IwXLRQQCqXSmpVrB4fP5bgvCB01Gd45QwTd62BWzm1xnxo30gdd9qAWHkM+0giaEPpPSlw1a7Reu&#10;R+Jb5QarA69DLc2gRw63nbyPoo20uiX+0Ogenxosz/uLVeDGt/P7cXw9HL+WL3K1SiqktFLqdj49&#10;PoAIOIU/GH71WR0Kdjq5CxkvOgXrOEkZVbCJYhAMrJOUh5OCZBuDLHL5v0HxAwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbs1uBeAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhACUUfqbgAAAACQEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00A46841">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="012506C5" wp14:editId="5DA1080D">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>3369310</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383540</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1947313549" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16154781-36F1-410F-9A09-F411699F6766}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="300F6FF7" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:265.3pt;margin-top:30.2pt;width:10.8pt;height:9pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhALZVcvHgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu+C/2EZwZvdbdKkNWZSRFA8idZC8bZNJh80Oxuy2yb+e9eTHof34X2fybez6cWFRtdZ&#10;RlguFAji0lYdNwj7z+e7DQjnNVe6t0wI3+RgW1xf5Tqr7MQfdNn5RoQSdplGaL0fMild2ZLRbmEH&#10;4pDVdjTah3NsZDXqKZSbXkZKpdLojsNCqwd6aqk87c4GwU5vp/fD9Lo/fC1fZByva+L7GvH2Zn58&#10;AOFp9n8w/OoHdSiC09GeuXKiR0hilQYUIVUrEAFIkigCcURYb1Ygi1z+/6D4AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbs1uBeAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALZVcvHgAAAACQEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="007445AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C63FAF0" wp14:editId="3B505353">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>1474470</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383858</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1323883613" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4832935-9E6B-41E5-A0E9-707691B9EB19}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="090312A9" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:116.1pt;margin-top:30.25pt;width:10.8pt;height:9pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhAH00DunfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu+C/2EZwZvddEPaGjMpIiieRGuheNtmJx80Oxuy2yb+e9eTHod5eN/nLbaz7cWFRt85&#10;RlguEhDElTMdNwj7z+e7DQgfNBvdOyaEb/KwLa+vCp0bN/EHXXahETGEfa4R2hCGXEpftWS1X7iB&#10;OP5qN1od4jk20ox6iuG2lypJVtLqjmNDqwd6aqk67c4WwU1vp/fD9Lo/fC1fZJqua+L7GvH2Zn58&#10;ABFoDn8w/OpHdSij09Gd2XjRI6hUqYgirJIMRARUlsYtR4T1JgNZFvL/gvIHAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEA9uzW4F4CAADCBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAfTQO6d8AAAAJAQAADwAAAAAAAAAAAAAAAAC4BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00CB6AE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D4E535B" wp14:editId="7E08A015">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>1921510</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383858</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="771453640" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DECFE54-12A5-4929-A412-FC76B64BF5D1}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="56CCA334" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:151.3pt;margin-top:30.25pt;width:10.8pt;height:9pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhAMuLGH3gAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu+C/2EZwZvdbWLTNs2kiKB4kloLxds2mXzQ7GzIbpv4711Pehzeh/d9JttOphNXGlxr&#10;GWE+UyCIC1u2XCMcPl8eViCc11zqzjIhfJODbX57k+m0tCN/0HXvaxFK2KUaofG+T6V0RUNGu5nt&#10;iUNW2cFoH86hluWgx1BuOhkplUijWw4Lje7puaHivL8YBDu+n3fH8e1w/Jq/yjheVsTrCvH+bnra&#10;gPA0+T8YfvWDOuTB6WQvXDrRIcQqSgKKkKgFiADE0WME4oSwXC1A5pn8/0H+AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbs1uBeAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAMuLGH3gAAAACQEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00352696">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CAD3FDD" wp14:editId="559BBEE5">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2424691</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383577</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1273689310" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BEECAA-6614-4139-BE24-2FF8EB6CAC34}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="152B39E6" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:190.9pt;margin-top:30.2pt;width:10.8pt;height:9pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhAHCQUvXgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j09Lw0AQxe+C32GZgje7GxPamGZTRFA8idZC8bZNJn9odjZkt0389o4ne5vHPN77vXw7215ccPSd&#10;Iw3RUoFAKl3VUaNh//Vyn4LwwVBlekeo4Qc9bIvbm9xklZvoEy+70AgOIZ8ZDW0IQyalL1u0xi/d&#10;gMS/2o3WBJZjI6vRTBxue/mg1Epa0xE3tGbA5xbL0+5sNbjp/fRxmN72h+/oVcbxukZ6rLW+W8xP&#10;GxAB5/Bvhj98RoeCmY7uTJUXvYY4jRg9aFipBAQbEhXzcdSwThOQRS6vFxS/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbs1uBeAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAHCQUvXgAAAACQEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="007F1E33" w:rsidRPr="00C53073">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The faculty member has a documented plan to fulfill the teaching and learning preparation requirement within the first three years of employment in nursing education by completing </w:t>
+            </w:r>
+            <w:r w:rsidR="00B82DE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">one of </w:t>
+            </w:r>
+            <w:r w:rsidR="00C53073">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the following </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11C92">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>options</w:t>
+            </w:r>
+            <w:r w:rsidR="00E907B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F04F8A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">from the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F11C92">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>list</w:t>
+            </w:r>
+            <w:r w:rsidR="00E907B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> above</w:t>
+            </w:r>
+            <w:r w:rsidR="00F11C92">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="002C09B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            A</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE32B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00D663A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0B8E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE32B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00A96DD7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE32B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A96DD7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE32B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="006A0AC9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE32B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006A0AC9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2D7C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE32B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D </w:t>
+            </w:r>
+            <w:r w:rsidR="00822067">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00151F8E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00204D2D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE32B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3217D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="00204D2D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3217D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00204D2D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE32B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00904370">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3435C" w14:paraId="4A436DFF" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="563BAC07" w14:textId="0187C99A" w:rsidR="00B3435C" w:rsidRPr="002D0076" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
+          <w:p w14:paraId="563BAC07" w14:textId="74D76919" w:rsidR="00B3435C" w:rsidRPr="002D0076" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D0076">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>EDUCATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="58D03C1B" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="58D03C1B" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C2C433A" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00015B5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18E2B39A" w14:textId="7B677CD0" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00015B5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Month/Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C10E400" w14:textId="32D63C1F" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
+          </w:tcPr>
+          <w:p w14:paraId="4C10E400" w14:textId="2B2456D6" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00015B5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="43BF8227" w14:textId="4413F9DF" w:rsidR="00B3435C" w:rsidRPr="007512A8" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Area of Focus, Specialty, or Concentration for Graduate Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F81275F" w14:textId="55F47D0D" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00015B5B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="118100EC" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="118100EC" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E960EB1" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4DBE60EF" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
+          </w:tcPr>
+          <w:p w14:paraId="4DBE60EF" w14:textId="14EC4791" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="1A6CC407" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B99995A" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E9CD414" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="2EC1B2A5" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="2EC1B2A5" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CF43FCD" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11405C5D" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="40E87E06" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D241ACC" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D24FB19" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="09071864" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="09071864" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DBF6AB4" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="236D35B0" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="17903A51" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2FB1608E" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42D1E33B" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="6F9DEA21" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="6F9DEA21" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="281CB023" w14:textId="28AD2574" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>PREVIOUS CLINICAL PRACTICE EXPERIENCE AS RN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="3D419C7F" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="3D419C7F" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D4685FE" w14:textId="2960BCCC" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Employment Dates Month/Year to Month/Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="758F4779" w14:textId="56728027" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>FT/PT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="253C4873" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
@@ -2817,486 +3607,512 @@
             <w:tcW w:w="2342" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="14B5E3DF" w14:textId="7C845863" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20F39FAE" w14:textId="1CD210F3" w:rsidR="00B3435C" w:rsidRPr="00015B5B" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Role/Responsibility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="07A02408" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="07A02408" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B537A46" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4EC76267" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5216D8FE" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="518F5E5E" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2342" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="04240AAD" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75BA501B" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="4857A7F2" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="4857A7F2" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B372741" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75400AE0" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34EE2DBC" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="305D509A" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2342" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="06E9EC7B" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5721D791" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="4F98640E" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="4F98640E" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E651054" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C64F4C2" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="280EAE37" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="563E317F" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2342" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2AFDB3D9" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61E95616" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="514FF108" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="514FF108" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19718466" w14:textId="63985CED" w:rsidR="00B3435C" w:rsidRPr="009A36F9" w:rsidRDefault="00B3435C" w:rsidP="009A36F9">
+          <w:p w14:paraId="02CF1A5E" w14:textId="77777777" w:rsidR="003F5F6A" w:rsidRDefault="003F5F6A" w:rsidP="009A36F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A36F9">
+          </w:p>
+          <w:p w14:paraId="19718466" w14:textId="2A89C81F" w:rsidR="00B3435C" w:rsidRPr="009A36F9" w:rsidRDefault="00B3435C" w:rsidP="009A36F9">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve">All clinical </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009A36F9" w:rsidRPr="009A36F9">
+            </w:pPr>
+            <w:r w:rsidRPr="009A36F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>experience</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009A36F9">
+              <w:t xml:space="preserve">All clinical </w:t>
+            </w:r>
+            <w:r w:rsidR="009A36F9" w:rsidRPr="009A36F9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t xml:space="preserve"> must equate to two years of full-time experience.</w:t>
+              <w:t>experience</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A36F9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must </w:t>
+            </w:r>
+            <w:r w:rsidR="003F5F6A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>total two</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A36F9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> years of full-time experience.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="228B33D3" w14:textId="272B009F" w:rsidR="009A36F9" w:rsidRDefault="009A36F9" w:rsidP="009A36F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="5771A7BD" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="5771A7BD" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="661F3CF0" w14:textId="43F4C2E0" w:rsidR="00B3435C" w:rsidRPr="006074DD" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>PREVIOUS EXPERIENCE TEACHING IN A PRE-LICENSURE RN OR PN NURSING PROGRAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="31C8D3E4" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="31C8D3E4" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4B7BD606" w14:textId="6D2D8829" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Employment Dates Month/Year to Month/Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68CE6F8F" w14:textId="2051EEC7" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>FT/PT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
@@ -3345,75 +4161,74 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2B107798" w14:textId="38FB7A59" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Role/Responsibility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="3911D0CD" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="3911D0CD" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="60AE7DF6" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28387948" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="21232574" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -3439,169 +4254,176 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5B9332D4" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="364549E2" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="364549E2" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4B43E26E" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FF253F6" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="065281A3" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2643FE5E" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="19821FD0" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
+          <w:p w14:paraId="42380248" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19821FD0" w14:textId="77777777" w:rsidR="00897596" w:rsidRDefault="00897596" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="300B22DD" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="1A81B815" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="1A81B815" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="13077C62" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E69D1D6" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="213B7C7E" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -3627,81 +4449,80 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="36F61B4A" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="7F8EF3FD" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="7F8EF3FD" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2A970B08" w14:textId="6D4B3480" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">CURRENT TEACHING RESPONSIBILITY IN THIS PROGRAM </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="6D237433" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="6D237433" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4E42F3A1" w14:textId="667B534D" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Semester/Year</w:t>
             </w:r>
           </w:p>
@@ -3783,51 +4604,51 @@
             <w:tcW w:w="2843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="56148AF3" w14:textId="5070EA5A" w:rsidR="00B3435C" w:rsidRPr="004904BE" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004904BE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Do you participate in simulation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95CB9" w14:paraId="0CA018EC" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00F95CB9" w14:paraId="0CA018EC" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="66AD8625" w14:textId="77777777" w:rsidR="00F95CB9" w:rsidRDefault="00F95CB9" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2A00159B" w14:textId="77777777" w:rsidR="00F95CB9" w:rsidRDefault="00F95CB9" w:rsidP="00B3435C">
@@ -3930,51 +4751,51 @@
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="61D3924A" w14:textId="1BE98149" w:rsidR="00F95CB9" w:rsidRPr="004904BE" w:rsidRDefault="00F95CB9" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C87A70">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If no – check here</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B5278" w14:paraId="578B00DF" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="006B5278" w14:paraId="578B00DF" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="473DC02C" w14:textId="77777777" w:rsidR="006B5278" w:rsidRDefault="006B5278" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="27022670" w14:textId="77777777" w:rsidR="006B5278" w:rsidRDefault="006B5278" w:rsidP="00B3435C">
@@ -4009,51 +4830,51 @@
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2D8C544D" w14:textId="77777777" w:rsidR="006B5278" w:rsidRDefault="006B5278" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4FBE6DE6" w14:textId="77777777" w:rsidR="006B5278" w:rsidRDefault="006B5278" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B5278" w14:paraId="6191342A" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="006B5278" w14:paraId="6191342A" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="53C4F743" w14:textId="77777777" w:rsidR="006B5278" w:rsidRDefault="006B5278" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="464EB61B" w14:textId="77777777" w:rsidR="006B5278" w:rsidRDefault="006B5278" w:rsidP="00B3435C">
@@ -4088,97 +4909,97 @@
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="181A68B3" w14:textId="77777777" w:rsidR="006B5278" w:rsidRDefault="006B5278" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E34258B" w14:textId="77777777" w:rsidR="006B5278" w:rsidRDefault="006B5278" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="76CE50C4" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="76CE50C4" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="104D0BE7" w14:textId="212550EC" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>21 NCAC 36 .0321(</w:t>
             </w:r>
             <w:r w:rsidR="001A61FD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)(1) Simulation Faculty Formal Education (as applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="669C87B3" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="669C87B3" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4C3ABC1A" w14:textId="68BFCB92" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
@@ -4186,236 +5007,275 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8895" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5855975C" w14:textId="6BF34DDE" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Formal Education Received</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3435C" w14:paraId="268E4582" w14:textId="77777777" w:rsidTr="746B43F3">
+      <w:tr w:rsidR="00B3435C" w14:paraId="268E4582" w14:textId="77777777" w:rsidTr="00753E46">
         <w:trPr>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7A1D5FBE" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41C783E4" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8895" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1E1BAB7B" w14:textId="77777777" w:rsidR="00B3435C" w:rsidRDefault="00B3435C" w:rsidP="00B3435C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43AFDC2E" w14:textId="1A24AFA8" w:rsidR="00294A83" w:rsidRPr="001B2755" w:rsidRDefault="00294A83" w:rsidP="00294A83"/>
-    <w:sectPr w:rsidR="00294A83" w:rsidRPr="001B2755" w:rsidSect="002A4E11">
+    <w:sectPr w:rsidR="00294A83" w:rsidRPr="001B2755" w:rsidSect="00753E46">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1296" w:right="1440" w:bottom="288" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FDA88EB" w14:textId="77777777" w:rsidR="002A4E11" w:rsidRDefault="002A4E11" w:rsidP="001B2755">
+    <w:p w14:paraId="78FB4E32" w14:textId="77777777" w:rsidR="00B578FB" w:rsidRDefault="00B578FB" w:rsidP="001B2755">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="317DA23A" w14:textId="77777777" w:rsidR="002A4E11" w:rsidRDefault="002A4E11" w:rsidP="001B2755">
+    <w:p w14:paraId="32D97AE6" w14:textId="77777777" w:rsidR="00B578FB" w:rsidRDefault="00B578FB" w:rsidP="001B2755">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1CE2C5A8" w14:textId="77777777" w:rsidR="002A4E11" w:rsidRDefault="002A4E11"/>
+    <w:p w14:paraId="0105E3CF" w14:textId="77777777" w:rsidR="00B578FB" w:rsidRDefault="00B578FB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="09ADEABE" w14:textId="352DD93A" w:rsidR="001B2755" w:rsidRPr="001B2755" w:rsidRDefault="001B2755">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="09ADEABE" w14:textId="15862A2E" w:rsidR="001B2755" w:rsidRPr="001B2755" w:rsidRDefault="001B2755">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001B2755">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>Revised 2/2024</w:t>
+      <w:t xml:space="preserve">Revised </w:t>
+    </w:r>
+    <w:r w:rsidR="00C2167C">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidRPr="001B2755">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>/202</w:t>
+    </w:r>
+    <w:r w:rsidR="00C2167C">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="11F7FF04" w14:textId="427CA695" w:rsidR="001B2755" w:rsidRDefault="001B2755" w:rsidP="001B2755">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="4680" w:firstLine="3240"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3D877DF5" w14:textId="77777777" w:rsidR="001B2755" w:rsidRDefault="001B2755">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="346A3A63" w14:textId="77777777" w:rsidR="002A4E11" w:rsidRDefault="002A4E11" w:rsidP="001B2755">
+    <w:p w14:paraId="19E24DC3" w14:textId="77777777" w:rsidR="00B578FB" w:rsidRDefault="00B578FB" w:rsidP="001B2755">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69907777" w14:textId="77777777" w:rsidR="002A4E11" w:rsidRDefault="002A4E11" w:rsidP="001B2755">
+    <w:p w14:paraId="0BF159F2" w14:textId="77777777" w:rsidR="00B578FB" w:rsidRDefault="00B578FB" w:rsidP="001B2755">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="57F5D502" w14:textId="77777777" w:rsidR="002A4E11" w:rsidRDefault="002A4E11"/>
+    <w:p w14:paraId="3622713E" w14:textId="77777777" w:rsidR="00B578FB" w:rsidRDefault="00B578FB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A61278F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E0E788A"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4729,308 +5589,378 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2098166623">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="1" w16cid:durableId="1052537271">
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1588420726">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1052537271">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="3" w16cid:durableId="2025980514">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2025980514">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="4" w16cid:durableId="2098166623">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00294A83"/>
     <w:rsid w:val="0001471E"/>
     <w:rsid w:val="00015B5B"/>
     <w:rsid w:val="0002184C"/>
     <w:rsid w:val="0002366C"/>
+    <w:rsid w:val="00027E5B"/>
     <w:rsid w:val="000313E9"/>
     <w:rsid w:val="000353DC"/>
     <w:rsid w:val="00067A42"/>
     <w:rsid w:val="00081922"/>
     <w:rsid w:val="000823D9"/>
     <w:rsid w:val="0009532B"/>
     <w:rsid w:val="000A1093"/>
     <w:rsid w:val="000A44F5"/>
     <w:rsid w:val="000C36BA"/>
     <w:rsid w:val="000D4A64"/>
     <w:rsid w:val="000D7A22"/>
+    <w:rsid w:val="000E3CA2"/>
     <w:rsid w:val="000E53BC"/>
+    <w:rsid w:val="000F0B8E"/>
+    <w:rsid w:val="0010138D"/>
     <w:rsid w:val="001057BB"/>
     <w:rsid w:val="00111A09"/>
+    <w:rsid w:val="00122AFD"/>
     <w:rsid w:val="001427EC"/>
+    <w:rsid w:val="00151F8E"/>
+    <w:rsid w:val="00162557"/>
     <w:rsid w:val="001761F5"/>
+    <w:rsid w:val="001779A7"/>
     <w:rsid w:val="00187E0E"/>
     <w:rsid w:val="00187FF2"/>
     <w:rsid w:val="001A61FD"/>
     <w:rsid w:val="001B2755"/>
     <w:rsid w:val="001B5C04"/>
     <w:rsid w:val="001C4082"/>
+    <w:rsid w:val="001D5EF5"/>
+    <w:rsid w:val="001E03D3"/>
     <w:rsid w:val="001F250D"/>
+    <w:rsid w:val="00204D2D"/>
     <w:rsid w:val="00213ED8"/>
     <w:rsid w:val="00215AE4"/>
     <w:rsid w:val="00271CBE"/>
     <w:rsid w:val="00272EF2"/>
     <w:rsid w:val="00277373"/>
     <w:rsid w:val="00294A83"/>
     <w:rsid w:val="002A4E11"/>
     <w:rsid w:val="002C0700"/>
+    <w:rsid w:val="002C09B9"/>
+    <w:rsid w:val="002C6C7F"/>
     <w:rsid w:val="002D0076"/>
+    <w:rsid w:val="002D40F1"/>
     <w:rsid w:val="002E0B1C"/>
+    <w:rsid w:val="00312727"/>
     <w:rsid w:val="003171CE"/>
     <w:rsid w:val="00322DA9"/>
     <w:rsid w:val="00344C93"/>
+    <w:rsid w:val="00352696"/>
     <w:rsid w:val="00373604"/>
     <w:rsid w:val="00376D63"/>
     <w:rsid w:val="0038283C"/>
+    <w:rsid w:val="00383F16"/>
     <w:rsid w:val="003A5D40"/>
     <w:rsid w:val="003D7507"/>
+    <w:rsid w:val="003D7E8F"/>
     <w:rsid w:val="003E5F09"/>
+    <w:rsid w:val="003F35F1"/>
+    <w:rsid w:val="003F5F6A"/>
     <w:rsid w:val="00404255"/>
+    <w:rsid w:val="00412EC8"/>
     <w:rsid w:val="00414514"/>
     <w:rsid w:val="00431A7A"/>
     <w:rsid w:val="00440421"/>
     <w:rsid w:val="004579F9"/>
     <w:rsid w:val="00472F88"/>
+    <w:rsid w:val="004765D8"/>
     <w:rsid w:val="004904BE"/>
     <w:rsid w:val="004B2956"/>
     <w:rsid w:val="004C095F"/>
+    <w:rsid w:val="004C2D7C"/>
     <w:rsid w:val="004D352A"/>
+    <w:rsid w:val="004D5C08"/>
+    <w:rsid w:val="004D61EA"/>
     <w:rsid w:val="004E1456"/>
     <w:rsid w:val="00512F0C"/>
     <w:rsid w:val="0052346C"/>
+    <w:rsid w:val="00524BDE"/>
     <w:rsid w:val="0053656A"/>
     <w:rsid w:val="00556DE5"/>
     <w:rsid w:val="005777C7"/>
     <w:rsid w:val="00583B17"/>
     <w:rsid w:val="005B0C4E"/>
+    <w:rsid w:val="005B3E51"/>
     <w:rsid w:val="005B7536"/>
     <w:rsid w:val="005C3F58"/>
     <w:rsid w:val="005D1DB2"/>
+    <w:rsid w:val="005F0F1C"/>
     <w:rsid w:val="005F18C9"/>
     <w:rsid w:val="005F454C"/>
     <w:rsid w:val="006074DD"/>
+    <w:rsid w:val="006413A4"/>
     <w:rsid w:val="00643624"/>
+    <w:rsid w:val="0069223A"/>
+    <w:rsid w:val="006A0AC9"/>
     <w:rsid w:val="006B3BD3"/>
     <w:rsid w:val="006B4366"/>
     <w:rsid w:val="006B5278"/>
     <w:rsid w:val="006B56D5"/>
     <w:rsid w:val="006D5663"/>
     <w:rsid w:val="006D675A"/>
     <w:rsid w:val="006E2082"/>
+    <w:rsid w:val="006E2784"/>
     <w:rsid w:val="006F1071"/>
     <w:rsid w:val="006F7AAF"/>
     <w:rsid w:val="00703D06"/>
+    <w:rsid w:val="00707465"/>
     <w:rsid w:val="0070790B"/>
+    <w:rsid w:val="007445AE"/>
     <w:rsid w:val="007512A8"/>
+    <w:rsid w:val="00753E46"/>
     <w:rsid w:val="007667C6"/>
     <w:rsid w:val="00777A2E"/>
     <w:rsid w:val="00780E0A"/>
     <w:rsid w:val="007A6612"/>
     <w:rsid w:val="007E1B8B"/>
+    <w:rsid w:val="007F1E33"/>
     <w:rsid w:val="007F5358"/>
     <w:rsid w:val="00804135"/>
     <w:rsid w:val="00805D87"/>
+    <w:rsid w:val="00810EEF"/>
     <w:rsid w:val="00816895"/>
+    <w:rsid w:val="00822067"/>
+    <w:rsid w:val="00844225"/>
     <w:rsid w:val="00856816"/>
     <w:rsid w:val="00886C74"/>
     <w:rsid w:val="00891CDE"/>
+    <w:rsid w:val="00891FC8"/>
     <w:rsid w:val="00895B72"/>
+    <w:rsid w:val="00897596"/>
     <w:rsid w:val="00897794"/>
     <w:rsid w:val="008B431E"/>
     <w:rsid w:val="008D4FD2"/>
     <w:rsid w:val="0090268C"/>
     <w:rsid w:val="00903C7F"/>
+    <w:rsid w:val="00904370"/>
     <w:rsid w:val="00913451"/>
     <w:rsid w:val="00934FF1"/>
     <w:rsid w:val="00955C38"/>
     <w:rsid w:val="009578C5"/>
+    <w:rsid w:val="00993B78"/>
     <w:rsid w:val="009A36F9"/>
     <w:rsid w:val="009B085E"/>
     <w:rsid w:val="009B77AC"/>
     <w:rsid w:val="009C333B"/>
+    <w:rsid w:val="009D0CAD"/>
     <w:rsid w:val="009D3618"/>
     <w:rsid w:val="009E23DB"/>
     <w:rsid w:val="009F4CEF"/>
+    <w:rsid w:val="00A04C0A"/>
     <w:rsid w:val="00A13AD2"/>
     <w:rsid w:val="00A25421"/>
+    <w:rsid w:val="00A3217D"/>
     <w:rsid w:val="00A421F6"/>
+    <w:rsid w:val="00A46841"/>
     <w:rsid w:val="00A86C24"/>
+    <w:rsid w:val="00A86D7E"/>
     <w:rsid w:val="00A92FE8"/>
     <w:rsid w:val="00A95C46"/>
+    <w:rsid w:val="00A96DD7"/>
     <w:rsid w:val="00AD099B"/>
     <w:rsid w:val="00AD321B"/>
     <w:rsid w:val="00AD51DE"/>
+    <w:rsid w:val="00AE32B3"/>
     <w:rsid w:val="00AF2360"/>
     <w:rsid w:val="00B00872"/>
     <w:rsid w:val="00B041DF"/>
     <w:rsid w:val="00B3435C"/>
     <w:rsid w:val="00B56781"/>
+    <w:rsid w:val="00B578FB"/>
     <w:rsid w:val="00B57AD4"/>
     <w:rsid w:val="00B640C8"/>
     <w:rsid w:val="00B67EFF"/>
+    <w:rsid w:val="00B82DE8"/>
+    <w:rsid w:val="00B87276"/>
     <w:rsid w:val="00BC1337"/>
     <w:rsid w:val="00BC696C"/>
     <w:rsid w:val="00BE04D4"/>
     <w:rsid w:val="00BF012E"/>
     <w:rsid w:val="00BF6763"/>
     <w:rsid w:val="00C10D6F"/>
+    <w:rsid w:val="00C2167C"/>
     <w:rsid w:val="00C21730"/>
     <w:rsid w:val="00C40D52"/>
+    <w:rsid w:val="00C53073"/>
+    <w:rsid w:val="00C727FB"/>
     <w:rsid w:val="00C87A70"/>
     <w:rsid w:val="00CA7499"/>
+    <w:rsid w:val="00CB6AE8"/>
     <w:rsid w:val="00CC3CA1"/>
     <w:rsid w:val="00D012BF"/>
     <w:rsid w:val="00D0632F"/>
     <w:rsid w:val="00D10D54"/>
     <w:rsid w:val="00D52110"/>
+    <w:rsid w:val="00D53329"/>
     <w:rsid w:val="00D54D79"/>
     <w:rsid w:val="00D62C7B"/>
+    <w:rsid w:val="00D663A2"/>
     <w:rsid w:val="00D72326"/>
     <w:rsid w:val="00D75391"/>
     <w:rsid w:val="00D8332A"/>
     <w:rsid w:val="00D84C33"/>
     <w:rsid w:val="00D96D91"/>
+    <w:rsid w:val="00DA7BDF"/>
     <w:rsid w:val="00DD52A7"/>
     <w:rsid w:val="00DE3A58"/>
     <w:rsid w:val="00DE7DE6"/>
     <w:rsid w:val="00DF4FEF"/>
     <w:rsid w:val="00DF6214"/>
     <w:rsid w:val="00E0534C"/>
+    <w:rsid w:val="00E121C0"/>
     <w:rsid w:val="00E154D3"/>
     <w:rsid w:val="00E242A4"/>
     <w:rsid w:val="00E25423"/>
+    <w:rsid w:val="00E429CC"/>
+    <w:rsid w:val="00E438EA"/>
     <w:rsid w:val="00E5345E"/>
     <w:rsid w:val="00E53E15"/>
+    <w:rsid w:val="00E6168C"/>
     <w:rsid w:val="00E73872"/>
+    <w:rsid w:val="00E73D66"/>
     <w:rsid w:val="00E82746"/>
     <w:rsid w:val="00E878F8"/>
+    <w:rsid w:val="00E907B4"/>
     <w:rsid w:val="00EB6126"/>
     <w:rsid w:val="00EB6B43"/>
     <w:rsid w:val="00EB714D"/>
     <w:rsid w:val="00EB77FB"/>
     <w:rsid w:val="00EE404A"/>
+    <w:rsid w:val="00F04F8A"/>
+    <w:rsid w:val="00F11C92"/>
+    <w:rsid w:val="00F27380"/>
     <w:rsid w:val="00F40C6D"/>
     <w:rsid w:val="00F72500"/>
     <w:rsid w:val="00F8403C"/>
     <w:rsid w:val="00F84855"/>
     <w:rsid w:val="00F95CB9"/>
     <w:rsid w:val="00F97953"/>
     <w:rsid w:val="00FA5158"/>
     <w:rsid w:val="00FB3320"/>
     <w:rsid w:val="00FB5D4D"/>
     <w:rsid w:val="00FD13AA"/>
+    <w:rsid w:val="00FD3671"/>
     <w:rsid w:val="00FE5341"/>
     <w:rsid w:val="10C07F66"/>
     <w:rsid w:val="31B5F8AA"/>
     <w:rsid w:val="746B43F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="699E8893"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{071A321A-6181-4F1E-B367-141F5FE72FAB}"/>
+  <w15:docId w15:val="{0BDCEACF-8DA3-467A-B4B4-2D3319D5B0E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5432,60 +6362,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00294A83"/>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="006F7AAF"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:rsid w:val="006F7AAF"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
@@ -5597,51 +6518,51 @@
     <w:rsid w:val="00E878F8"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B041DF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbon.com/sites/default/files/documents/2024-04/provider-listing.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5915,154 +6836,223 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2776c5c8-58ca-4358-8434-65033f741ffa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c924aea9-21ee-4af1-b9ea-1128ad371ed6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005949C10DA567004DBACD3C354148B213" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="76cc084c8bc85bfaf1775ddcbc137e8a">
-[...2 lines deleted...]
-    <xsd:import namespace="b7822f13-4243-49ff-a19d-4279db89cbeb"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003660396C9C4B9A458281E22864B25FE5" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1063b62ea1b612f552fe773819da0f56">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2776c5c8-58ca-4358-8434-65033f741ffa" xmlns:ns3="c924aea9-21ee-4af1-b9ea-1128ad371ed6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88a275af31e6301bf8ccff80b0f1b685" ns2:_="" ns3:_="">
+    <xsd:import namespace="2776c5c8-58ca-4358-8434-65033f741ffa"/>
+    <xsd:import namespace="c924aea9-21ee-4af1-b9ea-1128ad371ed6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="52f1e1ae-0375-4b4a-96c7-499052f1f976" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2776c5c8-58ca-4358-8434-65033f741ffa" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="MediaServiceOCR" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="17" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="18" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1b6f0831-23f3-42cc-80b9-69f8ab30262c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b7822f13-4243-49ff-a19d-4279db89cbeb" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c924aea9-21ee-4af1-b9ea-1128ad371ed6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{71a3cfdf-0566-43a2-b672-0b4e4818ff86}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c924aea9-21ee-4af1-b9ea-1128ad371ed6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -6121,113 +7111,98 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C13EE18E-EED2-4BD3-B26C-B3900DFCA0DB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="52f1e1ae-0375-4b4a-96c7-499052f1f976"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b7822f13-4243-49ff-a19d-4279db89cbeb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC2DCAE3-5083-4C13-B9D2-6604AE25A463}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1370B144-5F63-47A5-95DD-87985F4EC5F1}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A88C9C8F-B483-4076-A263-7E01B36A7965}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>562</Words>
-  <Characters>3455</Characters>
+  <Words>603</Words>
+  <Characters>4281</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>210</Lines>
-  <Paragraphs>80</Paragraphs>
+  <Lines>267</Lines>
+  <Paragraphs>106</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4235</CharactersWithSpaces>
+  <CharactersWithSpaces>4778</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tonya Body</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>35f4623b-a7a1-4bed-b0e6-7ffc2f73aa12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101005949C10DA567004DBACD3C354148B213</vt:lpwstr>
+    <vt:lpwstr>0x0101003660396C9C4B9A458281E22864B25FE5</vt:lpwstr>
   </property>
 </Properties>
 </file>