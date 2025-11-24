--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -27,51 +27,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3FEC6F7F" w14:textId="2F90B8A6" w:rsidR="00EF67B6" w:rsidRDefault="00EF67B6">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING20"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="163"/>
         <w:ind w:left="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="bookmark0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E088E65" wp14:editId="72D4873A">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E088E65" wp14:editId="07EAB395">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-263525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2236716" cy="789940"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="325749394" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="325749394" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -236,97 +236,97 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>in order to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="61D9E3E8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> furnish information concerning </w:t>
       </w:r>
       <w:r w:rsidR="001F7DA3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="61D9E3E8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>operation of the program as prescribed in the rules in this Section including: The Board shall review approved programs at least every ten years as specified in G.S. 90-171.40. Reviews of individual programs shall be conducted at shorter intervals upon request from the individual institution or as considered necessary by the NCBON.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3A8C1D" w14:textId="061F3868" w:rsidR="00C72602" w:rsidRPr="007E299F" w:rsidRDefault="00D77530">
+    <w:p w14:paraId="5F3A8C1D" w14:textId="0156A7AB" w:rsidR="00C72602" w:rsidRPr="007E299F" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1003"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The PDR should be completed in a narrative format. Included are </w:t>
       </w:r>
       <w:r w:rsidR="0087163D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">templates </w:t>
       </w:r>
       <w:r w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">and tables to assist with </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">the </w:t>
+        <w:t xml:space="preserve">and tables to assist </w:t>
+      </w:r>
+      <w:r w:rsidR="006E72A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>in developing</w:t>
       </w:r>
       <w:r w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>development of the report.</w:t>
+        <w:t xml:space="preserve"> the report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7965FACF" w14:textId="77777777" w:rsidR="00C72602" w:rsidRPr="007E299F" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1003"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Minimum 12-point font size.</w:t>
@@ -494,127 +494,103 @@
       <w:r w:rsidR="00D77530" w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">a separate </w:t>
       </w:r>
       <w:r w:rsidR="00887A03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>document</w:t>
       </w:r>
       <w:r w:rsidR="00D77530" w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the required evidence/appendix.</w:t>
       </w:r>
       <w:r w:rsidR="00BB0CBB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079E86BB" w14:textId="0696F5BB" w:rsidR="00C72602" w:rsidRPr="007E299F" w:rsidRDefault="00D77530">
+    <w:p w14:paraId="079E86BB" w14:textId="073E543B" w:rsidR="00C72602" w:rsidRPr="007E299F" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1003"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="1000" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00290534" w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>evidence which</w:t>
+        <w:t xml:space="preserve">evidence </w:t>
+      </w:r>
+      <w:r w:rsidR="006E72A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that must be included in the report </w:t>
+      </w:r>
+      <w:r w:rsidR="001B706A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>relating</w:t>
+      </w:r>
+      <w:r w:rsidR="006E72A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to compliance with rules</w:t>
       </w:r>
       <w:r w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must be included in the report </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> heading. The evidence may relate to more than one rule.</w:t>
+        <w:t xml:space="preserve"> is specified underneath each section heading. The evidence may relate to more than one rule.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="072B325E" w14:textId="77777777" w:rsidR="00C72602" w:rsidRPr="007E299F" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2087"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="1720" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E299F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Do not duplicate evidence in more than one section.</w:t>
@@ -840,144 +816,146 @@
         <w:ind w:left="760" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>College/</w:t>
       </w:r>
       <w:r w:rsidR="0034432D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>niversity faculty handbook and program faculty handbook.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195AFF9B" w14:textId="08583F49" w:rsidR="001A7D41" w:rsidRPr="003F128C" w:rsidRDefault="00C6193A" w:rsidP="003F128C">
+    <w:p w14:paraId="195AFF9B" w14:textId="4532639C" w:rsidR="001A7D41" w:rsidRPr="003F128C" w:rsidRDefault="00C6193A" w:rsidP="003F128C">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="765"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="760" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Emergency</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">Emergency preparedness </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF271A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>plan</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> preparedness </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> includes a </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42A80">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plan for </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>plan that</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>reduction in the availability of clinical sites, a transition from in-person to virtual lea</w:t>
+      </w:r>
+      <w:r w:rsidR="001711CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> includes a </w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>ning platforms, and a need for increased use of simulation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E9AE480" w14:textId="150BC982" w:rsidR="000E6926" w:rsidRPr="00536279" w:rsidRDefault="00D77530" w:rsidP="00536279">
+    <w:p w14:paraId="4E9AE480" w14:textId="7D320025" w:rsidR="000E6926" w:rsidRPr="00536279" w:rsidRDefault="00D77530" w:rsidP="00536279">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="765"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="760" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>All current nursing faculty vitae (full and part-time) using NCBON faculty vitae.</w:t>
+        <w:t xml:space="preserve">All current nursing faculty vitae (full and part-time) using </w:t>
+      </w:r>
+      <w:r w:rsidR="001B706A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000876FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>NCBON faculty vitae.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="175398C3" w14:textId="65F2ACCD" w:rsidR="00C72602" w:rsidRPr="000876FF" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="765"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="760" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Summaries of all completed nursing course/program evaluation tools identified in </w:t>
@@ -1116,113 +1094,143 @@
       <w:r w:rsidR="00F37FB9" w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> include</w:t>
       </w:r>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D65371">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>range and distribution of grades for the course.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173CB649" w14:textId="2248F7C4" w:rsidR="00C72602" w:rsidRPr="000876FF" w:rsidRDefault="00D77530">
+    <w:p w14:paraId="173CB649" w14:textId="7375D56E" w:rsidR="00C72602" w:rsidRPr="000876FF" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="765"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="760" w:right="500" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Samples of completed nursing student assignments from each course for </w:t>
       </w:r>
       <w:r w:rsidR="008A726A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>last offering including nursing faculty evaluation of student clinical performance. Samples should be representative of grade distribution for the course.</w:t>
+        <w:t>last offering</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF271A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000876FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including nursing faculty evaluation of student clinical performance. Samples should be representative of </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF271A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC43EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>course's grade distribution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000876FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018F9CBF" w14:textId="77777777" w:rsidR="00C72602" w:rsidRPr="000876FF" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="765"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="760" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Documentation related to any nursing student or faculty appeals - last 2 years.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49CCA864" w14:textId="63129ECE" w:rsidR="00C72602" w:rsidRPr="000876FF" w:rsidRDefault="00D77530">
+    <w:p w14:paraId="49CCA864" w14:textId="23736D79" w:rsidR="00C72602" w:rsidRPr="000876FF" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="765"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="760" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C72602" w:rsidRPr="000876FF" w:rsidSect="00E603AC">
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="950" w:right="706" w:bottom="864" w:left="691" w:header="0" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
@@ -1239,51 +1247,63 @@
         <w:t>all</w:t>
       </w:r>
       <w:r w:rsidR="005233C0" w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">nursing students currently enrolled in the program </w:t>
       </w:r>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT2MSGENFONTSTYLEMODIFERITALIC"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="000876FF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the last graduating class. Records may remain in usual locations but should be readily available to facilitate the review. Hard copies of computer documents should be made available if requested.</w:t>
+        <w:t xml:space="preserve"> the last graduating class. Records may remain in usual locations but should be readily available to facilitate the review. Hard copies of </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC43EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>computer-generated documents should be made available upon request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000876FF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00C72602" w:rsidRDefault="00C72602">
       <w:pPr>
         <w:spacing w:line="136" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="00C72602" w:rsidRDefault="00C72602">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:sectPr w:rsidR="00C72602" w:rsidSect="00E603AC">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="734" w:right="0" w:bottom="1137" w:left="0" w:header="0" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
@@ -3605,51 +3625,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CAA4ACB" w14:textId="77777777" w:rsidR="00C72602" w:rsidRPr="008D5F5D" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="bookmark15"/>
       <w:r w:rsidRPr="008D5F5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Evidence to include in PDR records and reports section</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="37827918" w14:textId="1F35B3A7" w:rsidR="00C72602" w:rsidRPr="008D5F5D" w:rsidRDefault="00D77530">
+    <w:p w14:paraId="37827918" w14:textId="14D0F96F" w:rsidR="00C72602" w:rsidRPr="008D5F5D" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="768"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="400" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D5F5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Describe how </w:t>
       </w:r>
       <w:r w:rsidR="000F25C2" w:rsidRPr="008D5F5D">
         <w:rPr>
@@ -3666,69 +3686,69 @@
       <w:r w:rsidR="002921BA" w:rsidRPr="008D5F5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00407859" w:rsidRPr="008D5F5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>maintains</w:t>
       </w:r>
       <w:r w:rsidR="002921BA" w:rsidRPr="008D5F5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> official records consistent</w:t>
       </w:r>
       <w:r w:rsidR="00EF70C3" w:rsidRPr="008D5F5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F262E" w:rsidRPr="008D5F5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">with the </w:t>
-[...5 lines deleted...]
-        <w:tab/>
+        <w:t>with the</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5300B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F262E" w:rsidRPr="008D5F5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">policies of the controlling </w:t>
-[...5 lines deleted...]
-        <w:tab/>
+        <w:t>policies of the controlling</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5300B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F262E" w:rsidRPr="008D5F5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">institution. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793A478C" w14:textId="195B66F0" w:rsidR="00C72602" w:rsidRPr="008D5F5D" w:rsidRDefault="00D77530">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="768"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="274" w:lineRule="exact"/>
         <w:ind w:left="400" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -3862,51 +3882,51 @@
         <w:jc w:val="left"/>
         <w:sectPr w:rsidR="00C72602" w:rsidSect="00E603AC">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="734" w:right="736" w:bottom="1137" w:left="656" w:header="0" w:footer="432" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F61E5A6" w14:textId="3803F875" w:rsidR="0055462D" w:rsidRDefault="00EF67B6">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="336" w:lineRule="exact"/>
         <w:ind w:left="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B5F70E8" wp14:editId="5C598F1F">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B5F70E8" wp14:editId="29F3C574">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-385445</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2236716" cy="789940"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="593000696" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="325749394" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -5888,51 +5908,51 @@
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="exact"/>
         <w:ind w:left="20"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="bookmark17"/>
       <w:r w:rsidRPr="00A64233">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B5ADF5C" wp14:editId="183FA2E9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B5ADF5C" wp14:editId="00B48F8D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-238760</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2025650" cy="624840"/>
             <wp:effectExtent l="0" t="0" r="0" b="3810"/>
             <wp:wrapNone/>
             <wp:docPr id="477142542" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="477142542" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -6016,4168 +6036,4630 @@
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00543251">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Faculty Vitae</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-275" w:type="dxa"/>
+        <w:tblStyle w:val="TableGrid1"/>
+        <w:tblW w:w="10624" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1558"/>
+        <w:gridCol w:w="1729"/>
         <w:gridCol w:w="42"/>
-        <w:gridCol w:w="1109"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="980"/>
+        <w:gridCol w:w="1124"/>
+        <w:gridCol w:w="592"/>
+        <w:gridCol w:w="719"/>
+        <w:gridCol w:w="991"/>
         <w:gridCol w:w="212"/>
-        <w:gridCol w:w="774"/>
+        <w:gridCol w:w="778"/>
         <w:gridCol w:w="340"/>
-        <w:gridCol w:w="751"/>
-        <w:gridCol w:w="462"/>
+        <w:gridCol w:w="759"/>
+        <w:gridCol w:w="465"/>
         <w:gridCol w:w="30"/>
-        <w:gridCol w:w="475"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2417"/>
+        <w:gridCol w:w="476"/>
+        <w:gridCol w:w="249"/>
+        <w:gridCol w:w="658"/>
+        <w:gridCol w:w="1460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000201CE" w14:paraId="5C692418" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="4983" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="3BBA3C8A" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4D1F8B" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="0EA89817" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Program Director Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6357" w:type="dxa"/>
+            <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2CBFFD67" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="74DF75E1" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Name of Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="19EFE3EB" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="4983" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="4060341C" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="489A9817" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="72B14116" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6DC98F5B" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="151AE9B9" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="6357" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="688D9090" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="44851415" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="30CD508F" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="4983" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="64901360" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="23076EA9" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="45BBDEC7" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Faculty Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6357" w:type="dxa"/>
+            <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2D1D63" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="535E5281" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Date of Appointment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="0FA540DA" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="4983" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="2F1A4504" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="4F983F83" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="06443507" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1EC95BF5" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01B2F748" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="6357" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD997E7" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="49C53F4D" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="529D07C7" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="1558" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="19BDB0A3" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="51B5AD0E" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="1DD68558" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Full-Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="41BCE553" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="49C6411B" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Part-Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="714" w:type="dxa"/>
+            <w:tcW w:w="719" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="06B688EF" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00B57AD4" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="55BC953B" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>FTE</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F7AAF">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="980" w:type="dxa"/>
+            <w:tcW w:w="991" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="23AFDBE5" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00B57AD4" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="3EB5CBE7" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>0.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="986" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2C9393F8" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00B57AD4" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="5F5C4418" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>0.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1091" w:type="dxa"/>
+            <w:tcW w:w="1099" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="34A05847" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00B57AD4" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="71AD2B20" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>0.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="967" w:type="dxa"/>
+            <w:tcW w:w="971" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="066764B4" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00B57AD4" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="1B5C65BC" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3313" w:type="dxa"/>
+            <w:tcW w:w="2367" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="478EF6C0" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00B57AD4" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="42B7A18F" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="78EE3037" w14:textId="77777777" w:rsidTr="008473AB">
-[...4 lines deleted...]
-          <w:p w14:paraId="6D4049F0" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="4823CFA0" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2E0DD9" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="1731" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="56616490" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="0AD5ECE4" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="714" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="719" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="715BC333" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="4BED9D00" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="685C6207" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75ACEF59" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="986" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2992F7" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="06672E2F" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="1091" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1099" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="44F7E133" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="3F637680" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="967" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="971" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="748748B3" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="65C5D388" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="3313" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2367" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="04FCFFCE" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="7150E9BC" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="32345846" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="11340" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="7544F2D8" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="64BC9887" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="009A36F9" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="20E1108F" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="009A36F9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Provide the appropriate license number and expiration date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="6090D402" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="2709" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="25BB343C" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1D2B381E" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="712551CF" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>NC RN License Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="2302" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1E14A3B4" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="3FC07074" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Expiration Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3291" w:type="dxa"/>
+            <w:tcW w:w="3309" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="18D8EAD6" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="54A6EE87" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Compact License Number </w:t>
             </w:r>
-            <w:r w:rsidRPr="00886C74">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3066" w:type="dxa"/>
+            <w:tcW w:w="2118" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="54B5E14B" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="23198976" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Expiration Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="5305774A" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="4983" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="06048903" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5197" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="1AF7B47A" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="19CF9666" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5042E642" w14:textId="77777777" w:rsidR="00CA284E" w:rsidRDefault="00CA284E" w:rsidP="00686965">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BC98E29" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...6 lines deleted...]
-            <w:tcW w:w="6357" w:type="dxa"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5427" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="31883FD4" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="0E5FA333" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="3D34B04A" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="11340" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="65F6BE79" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02A2DE3E" w14:textId="3F0302A5" w:rsidR="000201CE" w:rsidRPr="00CA284E" w:rsidRDefault="000201CE" w:rsidP="00CA284E">
+          <w:p w14:paraId="7708F561" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A36F9">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Faculty </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009A36F9">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>vitaes</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009A36F9">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> may be requested for review by the NC Board of Nursing.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="2DBA7A68" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="42593DF2" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="0A98964F" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="143"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11340" w:type="dxa"/>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="295BD077" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00C10D6F" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="45F607DD" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="50FF5595" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="11340" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="666C9001" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
           </w:tcPr>
-          <w:p w14:paraId="74AA4926" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00EB714D" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="1ACB1331" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00EB714D">
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>21 NCAC 36 .0318 FACULTY (c)(5)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43C527A6" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="0054559F" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="7BAC0501" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>(</w:t>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(5) prior to or within the first three years of employment, have education in teaching and learning principles for adult education, including curriculum development, implementation, and evaluation, appropriate to faculty assignment. Once completed, this education need not be repeated if the employing organization is changed. This education may be demonstrated by one of the following:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:p>
+          <w:p w14:paraId="1148FF23" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...21 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     (A) completion of 45 contact hours of Board-approved continuing education </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0054559F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>courses;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="6B6A2B99" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="0054559F" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="38709A49" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     (B) completion of a certificate program in nursing </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0054559F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>education;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="63177900" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="0054559F" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="52DBC1AD" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     (C) nine semester hours of graduate course work in adult learning and learning </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0054559F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>principles;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="1689EEE9" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="0054559F" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="53A1FDE9" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">     (D) national certification in nursing education; </w:t>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     (D) national certification in nursing education; or</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:p>
+          <w:p w14:paraId="0896BB59" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>or</w:t>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     (E) documentation of completion of structured, individualized development activities of at least 45 contact hours approved       </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="449F286D" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="199E07CC" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t xml:space="preserve">     (E) documentation of completion of structured, individualized development activities of at least 45 contact hours approved </w:t>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           by the Board. Criteria for approval shall include content in the faculty role within in the curriculum implementation, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:p>
+          <w:p w14:paraId="5E9DD501" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...48 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">           curricular objectives to be met and evaluated, review of strategies for </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="0054559F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>identified</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="0054559F">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C56BF27" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...25 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="68017488" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:keepNext/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           student population, and expectations of student and faculty performance.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE07833" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(F) </w:t>
+              <w:t xml:space="preserve">(F) individuals with prior teaching experience in an academic setting seeking a faculty position shall be evaluated by the        </w:t>
             </w:r>
-            <w:r w:rsidRPr="00404255">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:p>
+          <w:p w14:paraId="306FFA7F" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">individuals with prior teaching experience in an academic </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">setting seeking a faculty position shall </w:t>
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Program Director to assess </w:t>
+              <w:t xml:space="preserve">          Program Director to assess </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DF6214">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>each individual’s</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DF6214">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> prior teaching experience commensurate with formal education in teaching </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="163CF14D" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="52E995EE" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">          </w:t>
+              <w:t xml:space="preserve">          and learning principles for adult education including curriculum development, implementation, and evaluation,    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF6214">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:p>
+          <w:p w14:paraId="6629A35A" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>and learning principles for adult education including curriculum development,</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">          appropriate to faculty assignment.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DF6214">
-[...39 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="37C7B066" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="11340" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="62D878D5" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
           </w:tcPr>
-          <w:p w14:paraId="6E83224C" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="6DDD6E2C" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:szCs w:val="24"/>
-[...5 lines deleted...]
-                <w:b/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The faculty member meets the teaching/learning preparation requirement by selecting </w:t>
             </w:r>
-            <w:r w:rsidRPr="0054559F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>one</w:t>
             </w:r>
-            <w:r w:rsidRPr="0054559F">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of the following </w:t>
+              <w:t xml:space="preserve"> of the following options listed below within the first three years of employment in nursing education.</w:t>
             </w:r>
-            <w:r>
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="5D725C5E" w14:textId="77777777" w:rsidTr="008473AB">
-[...2 lines deleted...]
-            <w:tcW w:w="1600" w:type="dxa"/>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="15A50C89" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE69C5D" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="25A05E1E" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7499">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Place check here if applicable</w:t>
+              <w:t>Place check here if applicable:</w:t>
             </w:r>
-            <w:r>
-[...21 lines deleted...]
-            <w:tcW w:w="9740" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBF1AC2" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="14477D77" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. Completion of 45 contact hours of continuing education courses. Specify from the list </w:t>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Completion of 45 contact hours of continuing education courses. Specify from the list </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>of  Approved</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Programs. (</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00213ED8">
+              <w:r w:rsidRPr="00CB09A1">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="0000FF"/>
                   <w:sz w:val="22"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>Click here</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> to download list).  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="4174347B" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="774D846F" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="278"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="074E7578" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="0054559F" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="77DE9020" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
+            <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="67FD1E9C" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="304C09D9" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Specify Course</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5031" w:type="dxa"/>
+            <w:tcW w:w="4097" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="748C3257" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="702284CC" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Specify </w:t>
+              <w:t>Specify Course Completion Date</w:t>
             </w:r>
-            <w:r w:rsidRPr="00213ED8">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="56127604" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="78D607F3" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="350"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="220E3CB6" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="73DEA01D" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4709" w:type="dxa"/>
+            <w:tcW w:w="4756" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="173BC66C" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="3EB17A3D" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5031" w:type="dxa"/>
+            <w:tcW w:w="4097" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="6B37C877" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="39AB39D2" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="117DB908" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="41DBFACE" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="245"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4649CD" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="45FBED3D" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7499">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Place check here if applicable</w:t>
+              <w:t>Place check here if applicable:</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="6CC90FA7" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...6 lines deleted...]
-                <w:b/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="786A7958" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="468262B2" w14:textId="77777777" w:rsidR="000A1CD8" w:rsidRDefault="000A1CD8" w:rsidP="00686965">
-[...11 lines deleted...]
-            <w:tcW w:w="9740" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="131115CB" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="27BE1297" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. Completion of a certificate program in nursing education                                                                               </w:t>
+              <w:t>B.</w:t>
             </w:r>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Completion of a certificate program in nursing education                                                                               </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="4A2B713F" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="06810851" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="332"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1F3028CC" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="2F318369" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9740" w:type="dxa"/>
+            <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
           </w:tcPr>
-          <w:p w14:paraId="1599D921" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="198B0D11" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Specify Name of College or University</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="7CD86775" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="1D5E4AEE" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="350"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="7FA468CE" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="1F28B550" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7499">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Place check here if applicable</w:t>
+              <w:t>Place check here if applicable:</w:t>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="77C08624" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FE7093E" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8853" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5A543B" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>C.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nine Semester Hours of Education Course Work                                                                                                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="6C7B8090" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="456D4ABA" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8853" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD8993D" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Specify Name of College or University</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="637880D6" w14:textId="77777777" w:rsidTr="00CB09A1">
+        <w:trPr>
+          <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5900187C" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>:</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Place check here if applicable:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F1E0F23" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00E0534C" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="73B836C5" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="9740" w:type="dxa"/>
+          <w:p w14:paraId="7D1A08B7" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="2F377035" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="6ACD5D13" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">C. Nine Semester Hours of Education Course Work                                                                                                </w:t>
+              <w:t>D.</w:t>
             </w:r>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> National Certification in Nursing Education (NLN’s Certified Nurse Educator)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="1B404DF2" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="09B4A8EA" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="20F370FA" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="9740" w:type="dxa"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>Place check here if applicable:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3641FB7D" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
-          </w:tcPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C59CDFE" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213ED8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Specify Name of College or University</w:t>
+              <w:t>E.</w:t>
             </w:r>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Documentation of successful completion of structured, individualized development activities of at least 45 contact hours approved by the Board. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>This option must be pre-approved by your assigned education consultant.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C404C1C" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="5E513F7C" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="70039E2A" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFB0A9E" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="72C0CB35" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7499">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Place check here if applicable</w:t>
+              <w:t>Place check here if applicable:</w:t>
             </w:r>
-            <w:r>
-[...30 lines deleted...]
-            <w:tcW w:w="9740" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8853" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="77A3B485" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00213ED8" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="6940A4EA" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00213ED8">
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>F.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>D. National Certification in Nursing Education (NLN’s Certified Nurse Educator)</w:t>
-[...181 lines deleted...]
-              <w:t xml:space="preserve">rior teaching experience in an academic setting seeking a faculty position shall be evaluated by the Program Director to assess </w:t>
+              <w:t xml:space="preserve"> Prior teaching experience in an academic setting seeking a faculty position shall be evaluated by the Program Director to assess </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00DF4FEF">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>each individual’s</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00DF4FEF">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> prior teaching experience commensurate with formal education in teaching</w:t>
+              <w:t xml:space="preserve"> prior teaching experience commensurate with formal education in teaching and learning principles for adult education including curriculum development, implementation, and evaluation, appropriate to faculty assignment.</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="4D19408D" w14:textId="77777777" w:rsidTr="00F72CB9">
+        <w:trPr>
+          <w:trHeight w:val="1063"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10624" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D7A672" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="261D5B66" wp14:editId="4F481499">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>991235</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>386715</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2033921292" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCE175F5-C714-441E-8102-63ECFCADFAE0}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:sysClr val="window" lastClr="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:sysClr val="windowText" lastClr="000000"/>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="10C71B5D" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:78.05pt;margin-top:30.45pt;width:10.8pt;height:9pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcP4bAYwIAAO4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtOGzEQfa/Uf7D8XjYbUqARGxSBUlVC&#10;gASIZ+O1s5Z8q+1kk359j72BhMtT1Tw4M57xXM6c2fOLjdFkLUJUzja0PhpRIix3rbLLhj4+LL6d&#10;URITsy3TzoqGbkWkF7OvX857PxVj1zndikAQxMZp7xvapeSnVRV5JwyLR84LC6N0wbAENSyrNrAe&#10;0Y2uxqPRSdW70PrguIgRt1eDkc5KfCkFT7dSRpGIbihqS+UM5XzOZzU7Z9NlYL5TfFcG+4cqDFMW&#10;SV9DXbHEyCqoD6GM4sFFJ9MRd6ZyUiouSg/oph696+a+Y16UXgBO9K8wxf8Xlt+s7/1dAAy9j9MI&#10;MXexkcHkf9RHNgWs7StYYpMIx2V9fFqfAFIOU11PjkcFzGr/2IeYfgpnSBYaGjCLAhFbX8eEhHB9&#10;ccm5otOqXSiti7KNlzqQNcPYMO3W9ZRoFhMuG7oovzw6hHjzTFvSo5rxKYohnIFPUrME0fi2odEu&#10;KWF6CaLyFEotb17HD0kf0OxB4lH5fZY4N3LFYjdUXKIO1DIqgd9amYaeHb7WNrcpCkN3cOwHkKVn&#10;127vAgluoGz0fKGQ5Bog3LEAjqJD7F26xSG1Q9tuJ1HSufDns/vsD+rASkkPzgOS3ysWBFr8ZUGq&#10;H/VkkpekKJPvp2Mo4dDyfGixK3PpMJ8aG+55EbN/0i+iDM48YT3nOStMzHLkHsDfKZdp2EUsOBfz&#10;eXHDYniWru295zl4xinD+7B5YsHvyJQwmBv3sh9s+o5Tg29+ad18lZxUhXB7XEGdrGCpCol2H4C8&#10;tYd68dp/pmZ/AQAA//8DAFBLAwQUAAYACAAAACEANLEGF94AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPy2rDMBBF94X+g5hCd42UQu3YsRxKoVAKXdR9rBVrYplYI2PJjpqvr7Jql5c53Hum2kU7&#10;sAUn3zuSsF4JYEit0z11Ej4/nu82wHxQpNXgCCX8oIddfX1VqVK7E73j0oSOpRLypZJgQhhLzn1r&#10;0Cq/ciNSuh3cZFVIceq4ntQplduB3wuRcat6SgtGjfhksD02s5Xw6s/z0mr/Fk00L8XXtzg3dJTy&#10;9iY+boEFjOEPhot+Uoc6Oe3dTNqzIeWHbJ1QCZkogF2APM+B7SXkmwJ4XfH/H9S/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhABw/hsBjAgAA7gQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADSxBhfeAAAACQEAAA8AAAAAAAAAAAAAAAAAvQQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADIBQAAAAA=&#10;" fillcolor="window" strokecolor="windowText" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00DF4FEF">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>and learning principles for adult education including</w:t>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B4B026F" wp14:editId="27A90F6D">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2907665</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383858</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="582555679" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35E4D997-1F93-4603-AB3F-48568A9E35E8}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="6C2E70EC" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:228.95pt;margin-top:30.25pt;width:10.8pt;height:9pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhACUUfqbgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu9C/8MyBW92U9s0TcymiKB4Eq2F4m2bnXzQ7GzIbpv47x1PepthHt553nw32U5ccfCt&#10;IwXLRQQCqXSmpVrB4fP5bgvCB01Gd45QwTd62BWzm1xnxo30gdd9qAWHkM+0giaEPpPSlw1a7Reu&#10;R+Jb5QarA69DLc2gRw63nbyPoo20uiX+0Ogenxosz/uLVeDGt/P7cXw9HL+WL3K1SiqktFLqdj49&#10;PoAIOIU/GH71WR0Kdjq5CxkvOgXrOEkZVbCJYhAMrJOUh5OCZBuDLHL5v0HxAwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbs1uBeAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhACUUfqbgAAAACQEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BC19DCB" wp14:editId="6DCF3C60">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>3369310</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383540</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1947313549" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16154781-36F1-410F-9A09-F411699F6766}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="16F6A474" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:265.3pt;margin-top:30.2pt;width:10.8pt;height:9pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhALZVcvHgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu+C/2EZwZvdbdKkNWZSRFA8idZC8bZNJh80Oxuy2yb+e9eTHof34X2fybez6cWFRtdZ&#10;RlguFAji0lYdNwj7z+e7DQjnNVe6t0wI3+RgW1xf5Tqr7MQfdNn5RoQSdplGaL0fMild2ZLRbmEH&#10;4pDVdjTah3NsZDXqKZSbXkZKpdLojsNCqwd6aqk87c4GwU5vp/fD9Lo/fC1fZByva+L7GvH2Zn58&#10;AOFp9n8w/OoHdSiC09GeuXKiR0hilQYUIVUrEAFIkigCcURYb1Ygi1z+/6D4AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbs1uBeAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhALZVcvHgAAAACQEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00DF4FEF">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>curriculum development, implementation, and evaluation,</w:t>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="424C2197" wp14:editId="7DB17B4A">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>1474470</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383858</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1323883613" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4832935-9E6B-41E5-A0E9-707691B9EB19}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="753F65FA" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:116.1pt;margin-top:30.25pt;width:10.8pt;height:9pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhAH00DunfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu+C/2EZwZvddEPaGjMpIiieRGuheNtmJx80Oxuy2yb+e9eTHod5eN/nLbaz7cWFRt85&#10;RlguEhDElTMdNwj7z+e7DQgfNBvdOyaEb/KwLa+vCp0bN/EHXXahETGEfa4R2hCGXEpftWS1X7iB&#10;OP5qN1od4jk20ox6iuG2lypJVtLqjmNDqwd6aqk67c4WwU1vp/fD9Lo/fC1fZJqua+L7GvH2Zn58&#10;ABFoDn8w/OpHdSij09Gd2XjRI6hUqYgirJIMRARUlsYtR4T1JgNZFvL/gvIHAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEA9uzW4F4CAADCBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAfTQO6d8AAAAJAQAADwAAAAAAAAAAAAAAAAC4BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CD3B321" wp14:editId="008BCC8A">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>1921510</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383858</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="771453640" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DECFE54-12A5-4929-A412-FC76B64BF5D1}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="79FCF7BE" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:151.3pt;margin-top:30.25pt;width:10.8pt;height:9pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhAMuLGH3gAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01Lw0AQhu+C/2EZwZvdbWLTNs2kiKB4kloLxds2mXzQ7GzIbpv4711Pehzeh/d9JttOphNXGlxr&#10;GWE+UyCIC1u2XCMcPl8eViCc11zqzjIhfJODbX57k+m0tCN/0HXvaxFK2KUaofG+T6V0RUNGu5nt&#10;iUNW2cFoH86hluWgx1BuOhkplUijWw4Lje7puaHivL8YBDu+n3fH8e1w/Jq/yjheVsTrCvH+bnra&#10;gPA0+T8YfvWDOuTB6WQvXDrRIcQqSgKKkKgFiADE0WME4oSwXC1A5pn8/0H+AwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbs1uBeAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAMuLGH3gAAAACQEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00DF4FEF">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>appropriate to faculty assignment.</w:t>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E326B8E" wp14:editId="3F54DA83">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2424691</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>383577</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="137160" cy="114300"/>
+                      <wp:effectExtent l="0" t="0" r="15240" b="19050"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1273689310" name="Rectangle 1">
+                        <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                          <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                            <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1BEECAA-6614-4139-BE24-2FF8EB6CAC34}"/>
+                          </a:ext>
+                        </a:extLst>
+                      </wp:docPr>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="137160" cy="114300"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                                <a:solidFill>
+                                  <a:srgbClr val="4472C4">
+                                    <a:shade val="15000"/>
+                                  </a:srgbClr>
+                                </a:solidFill>
+                                <a:prstDash val="solid"/>
+                                <a:miter lim="800000"/>
+                              </a:ln>
+                              <a:effectLst/>
+                            </wps:spPr>
+                            <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                              <a:prstTxWarp prst="textNoShape">
+                                <a:avLst/>
+                              </a:prstTxWarp>
+                              <a:noAutofit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:rect w14:anchorId="35884ECD" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:190.9pt;margin-top:30.2pt;width:10.8pt;height:9pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD27NbgXgIAAMIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nbtMFdYogRYcB&#10;RVugHXpmZCk2oK9RSpzu14+S3aTtdhp2UUiRfiSfHnN5tTea7SSGztmalycTzqQVrunspuY/nm6+&#10;XHAWItgGtLOy5i8y8KvF50+XvZ/LqWudbiQyArFh3vuatzH6eVEE0UoD4cR5aSmoHBqI5OKmaBB6&#10;Qje6mE4m50XvsPHohAyBbq+HIF9kfKWkiPdKBRmZrjn1FvOJ+Vyns1hcwnyD4NtOjG3AP3RhoLNU&#10;9AB1DRHYFrs/oEwn0AWn4olwpnBKdULmGWiacvJhmscWvMyzEDnBH2gK/w9W3O0e/QMSDb0P80Bm&#10;mmKv0KRf6o/tM1kvB7LkPjJBl+XprDwnSgWFyrI6nWQyi+PHHkP8Jp1hyag50ltkimB3GyIVpNTX&#10;lFTLuptO6/we2rKeQKczwmQCSBZKQyTT+KbmwW44A70hvYmIGTI43TXp8wQUcLNeaWQ7oDevqtl0&#10;VQ1JLTRyuC3PJod2x/Tczzuc1Nw1hHb4JIcGuZgukmZ1Z2p+QTgHJG1TeZlVN454JDVZa9e8PCBD&#10;N8gweHHTUZFbCPEBkHRH49IuxXs6lHbEgRstzlqHv/52n/JJDhTlrCcdEz8/t4CSM/3dklC+llWV&#10;hJ+d6mw2JQffRtZvI3ZrVo5oK2lrvchmyo/61VTozDOt3DJVpRBYQbWHlxidVRz2i5ZWyOUyp5HY&#10;PcRb++hFAk88JXqf9s+AfhRIJGXduVfNw/yDTobcQSnLbXSqyyI68kovmBxalPyW41KnTXzr56zj&#10;X8/iNwAAAP//AwBQSwMEFAAGAAgAAAAhAHCQUvXgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j09Lw0AQxe+C32GZgje7GxPamGZTRFA8idZC8bZNJn9odjZkt0389o4ne5vHPN77vXw7215ccPSd&#10;Iw3RUoFAKl3VUaNh//Vyn4LwwVBlekeo4Qc9bIvbm9xklZvoEy+70AgOIZ8ZDW0IQyalL1u0xi/d&#10;gMS/2o3WBJZjI6vRTBxue/mg1Epa0xE3tGbA5xbL0+5sNbjp/fRxmN72h+/oVcbxukZ6rLW+W8xP&#10;GxAB5/Bvhj98RoeCmY7uTJUXvYY4jRg9aFipBAQbEhXzcdSwThOQRS6vFxS/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPbs1uBeAgAAwgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAHCQUvXgAAAACQEAAA8AAAAAAAAAAAAAAAAAuAQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADFBQAAAAA=&#10;" filled="f" strokecolor="#172c51" strokeweight="1pt"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
             </w:r>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The faculty member has a documented plan to fulfill the teaching and learning preparation requirement within the first three years of employment in nursing education by completing one of the following options from the list above:             A            B            C             D             E             F  </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="7C7A4931" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="6D77D519" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11340" w:type="dxa"/>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="15947C89" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="002D0076" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="5CCE3298" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D0076">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>EDUCATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="57106B82" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="1129A169" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="2936FECB" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00015B5B">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E97C17E" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00015B5B" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3DD97C00" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00015B5B">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Month/Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="5B76E610" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00015B5B">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4233" w:type="dxa"/>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8B91AD" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="007512A8" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="7B64DA63" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Area of Focus, Specialty, or Concentration for Graduate Study</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="671AFB5A" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00015B5B">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="724FDF01" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="7BB49C14" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="0521FA56" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="038D69C5" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4233" w:type="dxa"/>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="7DE34DDB" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="631F6AB4" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="142EC7EB" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="474D67D0" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="7F946A07" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="5AD0F321" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="351FDED1" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD4B01D" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="2C752453" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4233" w:type="dxa"/>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="0494A868" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="24FF4B30" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="560D4C29" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="70F42B67" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="62320CBF" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="6ACC5876" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="42B00EAE" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="22B3D331" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="67B9BB6A" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4233" w:type="dxa"/>
+            <w:tcW w:w="4264" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="110EE179" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="5B57CFB0" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="02EC8D57" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="52C76848" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="46F867B9" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="607BC799" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="0895B407" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11340" w:type="dxa"/>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6A98FC" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="00015B5B" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="77300751" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>PREVIOUS CLINICAL PRACTICE EXPERIENCE AS RN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="7ED0327D" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="12CDD47B" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="72281EEC" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Employment Dates Month/Year to Month/Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="08372E49" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>FT/PT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0D193A" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="47F76562" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2327" w:type="dxa"/>
+            <w:tcW w:w="2342" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8D8DA1" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="78F949A6" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8B5879" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Role/Responsibility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="3D7BDD85" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="7F65EEDA" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5D20D6" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="419D54E3" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="78C1ADBF" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="393369E7" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="45DAD050" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="0472A3F4" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2327" w:type="dxa"/>
+            <w:tcW w:w="2342" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="76766147" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3D0883BC" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB290B4" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="24E5407B" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="258FC9CC" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="04891A82" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FEC9380" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1ACAA3B4" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF6E5E3" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="728E5096" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1CDE29D5" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2327" w:type="dxa"/>
+            <w:tcW w:w="2342" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="58B68107" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="11F7874E" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="600E7448" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="13E1002C" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="633E4C2B" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="183D5035" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0DFB0191" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="033AC478" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="008FE074" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="1EC185ED" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="2AA25FBE" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2327" w:type="dxa"/>
+            <w:tcW w:w="2342" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="013B87FA" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="323FBCD5" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3818" w:type="dxa"/>
+            <w:tcW w:w="2873" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="523C02A5" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="05928B1E" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="44550872" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11340" w:type="dxa"/>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D04850" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="009A36F9" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="2908CC0B" w14:textId="77777777" w:rsidR="007C5EC7" w:rsidRDefault="007C5EC7" w:rsidP="00F72CB9">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A36F9">
+          </w:p>
+          <w:p w14:paraId="6E78F251" w14:textId="6E2F5625" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>All clinical experience must equate to two years of full-time experience.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>All clinical experience must total two years of full-time experience.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="067304F9" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="30F50F34" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="451B0E89" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="4A91DC01" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11340" w:type="dxa"/>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="61EFBC63" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="006074DD" w:rsidRDefault="000201CE" w:rsidP="00686965">
+          <w:p w14:paraId="0D31CCFE" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>PREVIOUS EXPERIENCE TEACHING IN A PRE-LICENSURE RN OR PN NURSING PROGRAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="0456A5FB" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="2E905A46" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
+            <w:tcW w:w="1771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3A097F2D" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="58B1E0E3" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Employment Dates Month/Year to Month/Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-                <w:b/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0D4C17" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>FT/PT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2FBD6951" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="082CF037" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:tcW w:w="2372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="107E1621" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3F082A00" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>College/University</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3788" w:type="dxa"/>
+            <w:tcW w:w="2843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5023B153" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3740086F" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Role/Responsibility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="4099D713" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="5C3D085E" w14:textId="77777777" w:rsidTr="00F72CB9">
+        <w:trPr>
+          <w:trHeight w:val="622"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E401FF" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1716" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="302D9A49" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6084A5BB" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD6CE26" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAF7220" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BA2C2A" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="360E9AE6" w14:textId="77777777" w:rsidTr="00F72CB9">
+        <w:trPr>
+          <w:trHeight w:val="613"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C76F86F" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1716" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B257E95" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1876062E" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D7C37E" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7375C4" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A79B480" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0E6A3E" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="059C2CCE" w14:textId="77777777" w:rsidTr="00F72CB9">
+        <w:trPr>
+          <w:trHeight w:val="604"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1771" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6959433E" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1716" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="20758BA0" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="587A3464" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1922" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6338D42A" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1630486B" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2843" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5556FFB2" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="786E9358" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1600" w:type="dxa"/>
-[...366 lines deleted...]
-            <w:tcW w:w="11340" w:type="dxa"/>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC75084" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="536F85D8" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">CURRENT TEACHING RESPONSIBILITY IN THIS PROGRAM </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="706EFB46" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="751635A8" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="244"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="23998004" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="45179C0B" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Semester/Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="52D0F085" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="35CA1C40" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Course No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="34A7FAB4" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="25AA9D51" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Course Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:tcW w:w="2372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2B49A3CF" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1D61ECA4" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Theory/Clinical</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3788" w:type="dxa"/>
+            <w:tcW w:w="2843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="431DFC90" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="004904BE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="50C01C9B" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004904BE">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Do you participate in simulation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="59AEF7BA" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="09B646AD" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="494"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6CAA99E6" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="70155594" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="67DEF4ED" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="7D81102A" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6F672959" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="5B560FC5" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2357" w:type="dxa"/>
+            <w:tcW w:w="2372" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63AA21D5" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="0FA7E3CB" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1371" w:type="dxa"/>
+            <w:tcW w:w="1383" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="10E0D4CE" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="36DA9373" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Y</w:t>
+              <w:t xml:space="preserve">Yes – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C87A70">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00643624">
+            <w:r w:rsidRPr="00CB09A1">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Complete section</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C87A70">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2417" w:type="dxa"/>
+            <w:tcW w:w="1460" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1C508FF2" w14:textId="77777777" w:rsidR="000201CE" w:rsidRPr="004904BE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="7A577F29" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C87A70">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If no – check here</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="16BAC782" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="77A71FC0" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="224"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="286278FB" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="30C21B36" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="64C809ED" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="219AC195" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6931B3A5" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4901383C" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6145" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="32C5A605" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4ED73E19" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="637EE8ED" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="327618EE" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="64E081E1" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="44E65849" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="224"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16847FED" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="6179F8EA" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1731" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="742C5553" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="1F4F2611" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:tcW w:w="1922" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="63D25420" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3A7413B9" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6145" w:type="dxa"/>
+            <w:tcW w:w="5215" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="16F23CF3" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="122566DE" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6618EA47" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="3FE81124" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="1871C5CB" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="4BB06808" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="224"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11340" w:type="dxa"/>
+            <w:tcW w:w="10624" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="13E377A6" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="53D5C9ED" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>21 NCAC 36 .0321(o)(1) Simulation Faculty Formal Education (as applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="7D04ED2C" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="49FFF813" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="224"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBDAFD8" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="4993DA11" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:tcW w:w="8895" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0B0FED07" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="48218BE0" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00CB09A1">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Formal Education Received</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000201CE" w14:paraId="25033715" w14:textId="77777777" w:rsidTr="008473AB">
+      <w:tr w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w14:paraId="5620099B" w14:textId="77777777" w:rsidTr="00CB09A1">
         <w:trPr>
           <w:trHeight w:val="224"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1558" w:type="dxa"/>
+            <w:tcW w:w="1729" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="410BA3B3" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="7BDCD9B9" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7693E776" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="629992D4" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9782" w:type="dxa"/>
+            <w:tcW w:w="8895" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2323871D" w14:textId="77777777" w:rsidR="000201CE" w:rsidRDefault="000201CE" w:rsidP="00686965">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="38A2BC56" w14:textId="77777777" w:rsidR="00CB09A1" w:rsidRPr="00CB09A1" w:rsidRDefault="00CB09A1" w:rsidP="00CB09A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52F8B216" w14:textId="77777777" w:rsidR="00856E43" w:rsidRPr="001B2755" w:rsidRDefault="00856E43" w:rsidP="00856E43"/>
     <w:p w14:paraId="4EE81EF2" w14:textId="77777777" w:rsidR="00A64233" w:rsidRPr="00A64233" w:rsidRDefault="00A64233" w:rsidP="00856E43">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="ar-SA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
@@ -11826,210 +12308,62 @@
           </w:tcPr>
           <w:p w14:paraId="018567D2" w14:textId="77777777" w:rsidR="00615A35" w:rsidRDefault="00615A35" w:rsidP="00E163F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="335AA4ED" w14:textId="77777777" w:rsidR="00615A35" w:rsidRDefault="00615A35" w:rsidP="00E163F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615A35" w14:paraId="5A18981E" w14:textId="77777777" w:rsidTr="00E21D17">
-[...156 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0BE090F1" w14:textId="1A9B52CA" w:rsidR="00E163F7" w:rsidRDefault="00780A73" w:rsidP="00780A73">
+    <w:p w14:paraId="2071638C" w14:textId="77777777" w:rsidR="00F72CB9" w:rsidRDefault="00F72CB9" w:rsidP="00780A73">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BE090F1" w14:textId="288F670F" w:rsidR="00E163F7" w:rsidRDefault="00780A73" w:rsidP="00780A73">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>APPENDIX F</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C75714A" w14:textId="19A423DA" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -12082,305 +12416,293 @@
           </w:tcPr>
           <w:p w14:paraId="566AA5A9" w14:textId="5B35D5CF" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>All Nursing Student Dismissals</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A73" w14:paraId="5B9956ED" w14:textId="77777777" w:rsidTr="00E21D17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2672" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50A30D5F" w14:textId="697C7589" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Academic Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A44C683" w14:textId="20980EF2" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Policy Invoked </w:t>
             </w:r>
             <w:r w:rsidRPr="00780A73">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>(specify academic versus clinical)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13A92912" w14:textId="644CEBFC" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Level of Student in Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A73" w14:paraId="55B50280" w14:textId="77777777" w:rsidTr="00E21D17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2672" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0055076B" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="590A4D44" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="247F3E85" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B4308C9" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A73" w14:paraId="1BE8788E" w14:textId="77777777" w:rsidTr="00E21D17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2672" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02E0C316" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03A8CDEE" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1382A197" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7DF0DA02" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00780A73" w14:paraId="69DC3656" w14:textId="77777777" w:rsidTr="00E21D17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2672" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EAE9510" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4798" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A99611B" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45947440" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="092EF791" w14:textId="77777777" w:rsidR="00780A73" w:rsidRDefault="00780A73" w:rsidP="00780A73">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -12746,248 +13068,248 @@
       </w:r>
       <w:r w:rsidRPr="00BA562E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
         <w:t>NCLEX PASS RATES</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="723B7F0F" w14:textId="16092631" w:rsidR="00D255ED" w:rsidRDefault="00D255ED">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="3260" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="175" w:type="dxa"/>
+        <w:tblW w:w="11250" w:type="dxa"/>
+        <w:tblInd w:w="-275" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3149"/>
-        <w:gridCol w:w="7466"/>
+        <w:gridCol w:w="3599"/>
+        <w:gridCol w:w="7651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F15845" w:rsidRPr="009913BF" w14:paraId="1DE1D9AF" w14:textId="77777777" w:rsidTr="002416F8">
-[...2 lines deleted...]
-            <w:tcW w:w="10620" w:type="dxa"/>
+      <w:tr w:rsidR="00F15845" w:rsidRPr="009913BF" w14:paraId="1DE1D9AF" w14:textId="77777777" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11250" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="650C2484" w14:textId="780AD1DB" w:rsidR="00F15845" w:rsidRPr="009913BF" w:rsidRDefault="00F15845" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009913BF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>List NCLEX pass rates for the past three years.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC7A77" w:rsidRPr="009913BF" w14:paraId="1824C4F8" w14:textId="77777777" w:rsidTr="00BC7A77">
-[...2 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+      <w:tr w:rsidR="00BC7A77" w:rsidRPr="009913BF" w14:paraId="1824C4F8" w14:textId="77777777" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59674A47" w14:textId="5E1EC2B0" w:rsidR="00BC7A77" w:rsidRPr="009913BF" w:rsidRDefault="00BC7A77">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009913BF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Year 1 (most recent)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:tcW w:w="7651" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="718ED563" w14:textId="77777777" w:rsidR="00BC7A77" w:rsidRPr="009913BF" w:rsidRDefault="00BC7A77">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6A995A29" w14:textId="77777777" w:rsidR="009913BF" w:rsidRPr="009913BF" w:rsidRDefault="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC7A77" w:rsidRPr="009913BF" w14:paraId="6E682604" w14:textId="77777777" w:rsidTr="00BC7A77">
-[...2 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+      <w:tr w:rsidR="00BC7A77" w:rsidRPr="009913BF" w14:paraId="6E682604" w14:textId="77777777" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55A50B0D" w14:textId="28A1D8EB" w:rsidR="00BC7A77" w:rsidRPr="009913BF" w:rsidRDefault="00BC7A77">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009913BF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Year 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:tcW w:w="7651" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D969B94" w14:textId="77777777" w:rsidR="00BC7A77" w:rsidRPr="009913BF" w:rsidRDefault="00BC7A77">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37A5CAF7" w14:textId="77777777" w:rsidR="009913BF" w:rsidRPr="009913BF" w:rsidRDefault="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC7A77" w:rsidRPr="009913BF" w14:paraId="4892942E" w14:textId="77777777" w:rsidTr="00BC7A77">
-[...2 lines deleted...]
-            <w:tcW w:w="3150" w:type="dxa"/>
+      <w:tr w:rsidR="00BC7A77" w:rsidRPr="009913BF" w14:paraId="4892942E" w14:textId="77777777" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C8761D0" w14:textId="1C0F6A92" w:rsidR="00BC7A77" w:rsidRPr="009913BF" w:rsidRDefault="00BC7A77">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009913BF">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Year 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:tcW w:w="7651" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="390C7BB3" w14:textId="77777777" w:rsidR="00BC7A77" w:rsidRPr="009913BF" w:rsidRDefault="00BC7A77">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60C033DD" w14:textId="77777777" w:rsidR="009913BF" w:rsidRPr="009913BF" w:rsidRDefault="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT20"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:before="0"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -13046,65 +13368,66 @@
       <w:bookmarkStart w:id="16" w:name="bookmark21"/>
       <w:r w:rsidRPr="009913BF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>CLINICAL ROTATION SCHEDULE</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="0F295D4C" w14:textId="77777777" w:rsidR="002416F8" w:rsidRDefault="002416F8">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="11250" w:type="dxa"/>
+        <w:tblInd w:w="-275" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1798"/>
+        <w:gridCol w:w="2073"/>
         <w:gridCol w:w="1798"/>
         <w:gridCol w:w="1798"/>
         <w:gridCol w:w="1798"/>
         <w:gridCol w:w="1799"/>
-        <w:gridCol w:w="1799"/>
+        <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C44FCA" w14:paraId="78AFBA20" w14:textId="77777777" w:rsidTr="005C108C">
-[...2 lines deleted...]
-            <w:tcW w:w="1798" w:type="dxa"/>
+      <w:tr w:rsidR="00C44FCA" w14:paraId="78AFBA20" w14:textId="77777777" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4B5955A8" w14:textId="564B815F" w:rsidR="00C44FCA" w:rsidRDefault="00C44FCA" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Agency Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
@@ -13192,77 +13515,77 @@
           <w:tcPr>
             <w:tcW w:w="1799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2F4D0233" w14:textId="767D4C1A" w:rsidR="00C44FCA" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t># Students</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="385A3BAA" w14:textId="06379530" w:rsidR="00C44FCA" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Day(s) of Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C108C" w14:paraId="0ECD62F8" w14:textId="77777777" w:rsidTr="005C108C">
-[...2 lines deleted...]
-            <w:tcW w:w="1798" w:type="dxa"/>
+      <w:tr w:rsidR="005C108C" w14:paraId="0ECD62F8" w14:textId="77777777" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="63DC789C" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1C0BE53F" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
@@ -13308,83 +13631,83 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="7D5E02D9" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0F6E530C" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1AA032E6" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C108C" w14:paraId="4DFC0830" w14:textId="77777777" w:rsidTr="005C108C">
-[...2 lines deleted...]
-            <w:tcW w:w="1798" w:type="dxa"/>
+      <w:tr w:rsidR="005C108C" w14:paraId="4DFC0830" w14:textId="77777777" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4A0A1A21" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="009937D6" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
@@ -13430,83 +13753,83 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6F5C0C05" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="14A42C3E" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3946035E" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C108C" w14:paraId="5BD14108" w14:textId="77777777" w:rsidTr="005C108C">
-[...2 lines deleted...]
-            <w:tcW w:w="1798" w:type="dxa"/>
+      <w:tr w:rsidR="005C108C" w14:paraId="5BD14108" w14:textId="77777777" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2073" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3A3FA1EE" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1798" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3633FE4E" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
@@ -13552,51 +13875,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="30BFE1FF" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1799" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="771A35E3" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C4DB2CD" w14:textId="77777777" w:rsidR="005C108C" w:rsidRDefault="005C108C" w:rsidP="00C44FCA">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLELEVELMSGENFONTSTYLENAMEBYROLEHEADING30"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
@@ -13697,476 +14020,477 @@
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA562E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
         <w:t>CLINICAL HOURS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF7854F" w14:textId="77777777" w:rsidR="009913BF" w:rsidRDefault="009913BF" w:rsidP="009913BF">
       <w:pPr>
         <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10790" w:type="dxa"/>
+        <w:tblW w:w="11250" w:type="dxa"/>
+        <w:tblInd w:w="-275" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="866"/>
+        <w:gridCol w:w="1141"/>
         <w:gridCol w:w="880"/>
         <w:gridCol w:w="1368"/>
         <w:gridCol w:w="1668"/>
         <w:gridCol w:w="1412"/>
         <w:gridCol w:w="1234"/>
         <w:gridCol w:w="688"/>
         <w:gridCol w:w="548"/>
         <w:gridCol w:w="1234"/>
-        <w:gridCol w:w="892"/>
+        <w:gridCol w:w="1077"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F5CBC" w14:paraId="0494CEB4" w14:textId="45D75A2F" w:rsidTr="005F5CBC">
-[...2 lines deleted...]
-            <w:tcW w:w="7365" w:type="dxa"/>
+      <w:tr w:rsidR="005F5CBC" w14:paraId="0494CEB4" w14:textId="45D75A2F" w:rsidTr="002F658D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7703" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0CA3D7A7" w14:textId="339A845B" w:rsidR="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Allocation of Course Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3425" w:type="dxa"/>
+            <w:tcW w:w="3547" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="71AB8B85" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F5CBC" w:rsidRPr="009913BF" w14:paraId="20DCFD92" w14:textId="5D147456" w:rsidTr="005F5CBC">
+      <w:tr w:rsidR="005F5CBC" w:rsidRPr="009913BF" w14:paraId="20DCFD92" w14:textId="5D147456" w:rsidTr="002F658D">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="2B7B3EBD" w14:textId="75F46271" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Course ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
+            <w:tcW w:w="880" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="322293EE" w14:textId="300D8615" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Credits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="dxa"/>
+            <w:tcW w:w="1368" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="7391DEEF" w14:textId="1C90A8BE" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Class Hours/Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3E226FFC" w14:textId="1E1B02A1" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Lab Hours/Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4A2EE572" w14:textId="7B0DAFAE" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Clinical Hours/Week</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1234" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="04252A86" w14:textId="649A93F7" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Simulation % of course clinical hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3425" w:type="dxa"/>
+            <w:tcW w:w="3547" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="74BFED5E" w14:textId="7FD22E50" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Faculty Ratio</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F5CBC" w:rsidRPr="009913BF" w14:paraId="20FB91D8" w14:textId="77777777" w:rsidTr="005F5CBC">
+      <w:tr w:rsidR="005F5CBC" w:rsidRPr="009913BF" w14:paraId="20FB91D8" w14:textId="77777777" w:rsidTr="002F658D">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcW w:w="1141" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7FCD608F" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
+            <w:tcW w:w="880" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="04FE48C3" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1006" w:type="dxa"/>
+            <w:tcW w:w="1368" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2A3A093A" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1878" w:type="dxa"/>
+            <w:tcW w:w="1668" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0F80CC3E" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1442" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5B2815A7" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1234" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2BD38B2D" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="700" w:type="dxa"/>
+            <w:tcW w:w="688" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46CFD1D5" w14:textId="387F1D36" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="548" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4834951B" w14:textId="6D13EB28" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Lab</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1234" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24490F7E" w14:textId="0754890A" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Simulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="909" w:type="dxa"/>
+            <w:tcW w:w="1077" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D8EF937" w14:textId="674DFCEC" w:rsidR="005F5CBC" w:rsidRPr="005F5CBC" w:rsidRDefault="005F5CBC" w:rsidP="009913BF">
             <w:pPr>
               <w:pStyle w:val="MSGENFONTSTYLENAMETEMPLATEROLENUMBERMSGENFONTSTYLENAMEBYROLETEXT31"/>
               <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
               <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5CBC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3D3AF9E5" w14:textId="77777777" w:rsidR="009913BF" w:rsidRPr="009913BF" w:rsidRDefault="009913BF" w:rsidP="009913BF">
       <w:pPr>
@@ -14430,128 +14754,144 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D4CD9B9" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRDefault="005F5CBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2018A957" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRDefault="005F5CBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46681C7B" w14:textId="77777777" w:rsidR="005F5CBC" w:rsidRDefault="005F5CBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="590AF2B4" w14:textId="7BAAB2B6" w:rsidR="00165415" w:rsidRPr="00141038" w:rsidRDefault="009913BF">
+    <w:p w14:paraId="590AF2B4" w14:textId="6BE89F2F" w:rsidR="00165415" w:rsidRPr="002F658D" w:rsidRDefault="009913BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="002F658D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Revised</w:t>
       </w:r>
-      <w:r w:rsidR="009429F7">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="009429F7" w:rsidRPr="002F658D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004511E6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="002F658D" w:rsidRPr="002F658D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="008F1629" w:rsidRPr="002F658D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0075792D" w:rsidRPr="002F658D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="008F1629" w:rsidRPr="002F658D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="008F1629">
-[...19 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="004511E6" w:rsidRPr="002F658D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00165415" w:rsidRPr="00141038" w:rsidSect="00E603AC">
+    <w:sectPr w:rsidR="00165415" w:rsidRPr="002F658D" w:rsidSect="00E603AC">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="907" w:right="720" w:bottom="1008" w:left="720" w:header="576" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6ECDDD37" w14:textId="77777777" w:rsidR="003D53EC" w:rsidRDefault="003D53EC">
+    <w:p w14:paraId="257ED74B" w14:textId="77777777" w:rsidR="00B47DD7" w:rsidRDefault="00B47DD7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75F37D07" w14:textId="77777777" w:rsidR="003D53EC" w:rsidRDefault="003D53EC">
+    <w:p w14:paraId="7F03276B" w14:textId="77777777" w:rsidR="00B47DD7" w:rsidRDefault="00B47DD7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2648A04F" w14:textId="77777777" w:rsidR="003D53EC" w:rsidRDefault="003D53EC"/>
+    <w:p w14:paraId="69E8F210" w14:textId="77777777" w:rsidR="00B47DD7" w:rsidRDefault="00B47DD7"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14693,57 +15033,57 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2095627A" w14:textId="500ADEB4" w:rsidR="00C72602" w:rsidRDefault="00C72602">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A0D697F" w14:textId="77777777" w:rsidR="003D53EC" w:rsidRDefault="003D53EC"/>
+    <w:p w14:paraId="7BD33A1E" w14:textId="77777777" w:rsidR="00B47DD7" w:rsidRDefault="00B47DD7"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1275FF4A" w14:textId="77777777" w:rsidR="003D53EC" w:rsidRDefault="003D53EC"/>
+    <w:p w14:paraId="765E4D51" w14:textId="77777777" w:rsidR="00B47DD7" w:rsidRDefault="00B47DD7"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5958206F" w14:textId="77777777" w:rsidR="003D53EC" w:rsidRDefault="003D53EC"/>
+    <w:p w14:paraId="2C850A77" w14:textId="77777777" w:rsidR="00B47DD7" w:rsidRDefault="00B47DD7"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07C5336B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="11E610C2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
@@ -15491,51 +15831,51 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="705721596">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="161747689">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1821270552">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1370641248">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1359508482">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2039767968">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -15564,71 +15904,73 @@
     <w:rsid w:val="000E6926"/>
     <w:rsid w:val="000F1912"/>
     <w:rsid w:val="000F25C2"/>
     <w:rsid w:val="000F421E"/>
     <w:rsid w:val="00110010"/>
     <w:rsid w:val="00116851"/>
     <w:rsid w:val="00121493"/>
     <w:rsid w:val="0012194F"/>
     <w:rsid w:val="00125568"/>
     <w:rsid w:val="0013669E"/>
     <w:rsid w:val="00141038"/>
     <w:rsid w:val="00145134"/>
     <w:rsid w:val="00146911"/>
     <w:rsid w:val="001520FB"/>
     <w:rsid w:val="00165415"/>
     <w:rsid w:val="001711CC"/>
     <w:rsid w:val="001749FE"/>
     <w:rsid w:val="00183AAF"/>
     <w:rsid w:val="00185CDC"/>
     <w:rsid w:val="001910C3"/>
     <w:rsid w:val="00194938"/>
     <w:rsid w:val="00196082"/>
     <w:rsid w:val="001A0D24"/>
     <w:rsid w:val="001A7D41"/>
     <w:rsid w:val="001B4630"/>
+    <w:rsid w:val="001B706A"/>
     <w:rsid w:val="001C06F2"/>
     <w:rsid w:val="001E0E8B"/>
     <w:rsid w:val="001E66A0"/>
     <w:rsid w:val="001F4444"/>
     <w:rsid w:val="001F5A59"/>
     <w:rsid w:val="001F7DA3"/>
     <w:rsid w:val="0022085A"/>
     <w:rsid w:val="002242A6"/>
     <w:rsid w:val="0022768C"/>
     <w:rsid w:val="00240043"/>
     <w:rsid w:val="002416F8"/>
     <w:rsid w:val="00260C7F"/>
     <w:rsid w:val="0027288A"/>
     <w:rsid w:val="00281F87"/>
     <w:rsid w:val="00281FB7"/>
     <w:rsid w:val="00290534"/>
     <w:rsid w:val="002921BA"/>
     <w:rsid w:val="0029325B"/>
     <w:rsid w:val="002C2CB0"/>
     <w:rsid w:val="002D5672"/>
     <w:rsid w:val="002E4810"/>
+    <w:rsid w:val="002F658D"/>
     <w:rsid w:val="00315859"/>
     <w:rsid w:val="003160AE"/>
     <w:rsid w:val="0033405F"/>
     <w:rsid w:val="003375DA"/>
     <w:rsid w:val="00341566"/>
     <w:rsid w:val="00342299"/>
     <w:rsid w:val="0034432D"/>
     <w:rsid w:val="00355695"/>
     <w:rsid w:val="00371315"/>
     <w:rsid w:val="003879E9"/>
     <w:rsid w:val="00395115"/>
     <w:rsid w:val="003B17AE"/>
     <w:rsid w:val="003D2856"/>
     <w:rsid w:val="003D38A8"/>
     <w:rsid w:val="003D53EC"/>
     <w:rsid w:val="003D67AE"/>
     <w:rsid w:val="003E7F14"/>
     <w:rsid w:val="003F128C"/>
     <w:rsid w:val="003F262E"/>
     <w:rsid w:val="0040142E"/>
     <w:rsid w:val="00407859"/>
     <w:rsid w:val="004325F4"/>
     <w:rsid w:val="004511E6"/>
     <w:rsid w:val="0046040C"/>
     <w:rsid w:val="00467F28"/>
@@ -15651,276 +15993,288 @@
     <w:rsid w:val="00523CA4"/>
     <w:rsid w:val="00536279"/>
     <w:rsid w:val="00543251"/>
     <w:rsid w:val="0054330D"/>
     <w:rsid w:val="005446A2"/>
     <w:rsid w:val="0055462D"/>
     <w:rsid w:val="00556ABC"/>
     <w:rsid w:val="005626DE"/>
     <w:rsid w:val="00587279"/>
     <w:rsid w:val="005A764E"/>
     <w:rsid w:val="005B1EAC"/>
     <w:rsid w:val="005C108C"/>
     <w:rsid w:val="005C41B9"/>
     <w:rsid w:val="005E0525"/>
     <w:rsid w:val="005E2A21"/>
     <w:rsid w:val="005F0BF5"/>
     <w:rsid w:val="005F41E3"/>
     <w:rsid w:val="005F5CBC"/>
     <w:rsid w:val="005F6DE5"/>
     <w:rsid w:val="00602123"/>
     <w:rsid w:val="00607747"/>
     <w:rsid w:val="00613E4E"/>
     <w:rsid w:val="00615A35"/>
     <w:rsid w:val="006203CB"/>
     <w:rsid w:val="00623B9B"/>
+    <w:rsid w:val="00625E88"/>
     <w:rsid w:val="00635369"/>
     <w:rsid w:val="00636BC4"/>
     <w:rsid w:val="00636CA0"/>
     <w:rsid w:val="006412EA"/>
     <w:rsid w:val="00645C96"/>
     <w:rsid w:val="0065033C"/>
     <w:rsid w:val="00674840"/>
     <w:rsid w:val="006756C7"/>
     <w:rsid w:val="00683C59"/>
     <w:rsid w:val="00691BBC"/>
     <w:rsid w:val="006E23D9"/>
     <w:rsid w:val="006E4055"/>
+    <w:rsid w:val="006E72A6"/>
     <w:rsid w:val="006F2DC1"/>
     <w:rsid w:val="006F39B6"/>
     <w:rsid w:val="006F5047"/>
     <w:rsid w:val="006F6533"/>
     <w:rsid w:val="00716084"/>
     <w:rsid w:val="007257D9"/>
     <w:rsid w:val="00730F4D"/>
     <w:rsid w:val="00732158"/>
     <w:rsid w:val="00733CA2"/>
     <w:rsid w:val="00735CA7"/>
     <w:rsid w:val="00736FB9"/>
     <w:rsid w:val="007415DB"/>
     <w:rsid w:val="00745071"/>
     <w:rsid w:val="0075153B"/>
     <w:rsid w:val="007554D1"/>
     <w:rsid w:val="0075792D"/>
     <w:rsid w:val="00764E7B"/>
     <w:rsid w:val="0077195A"/>
     <w:rsid w:val="007736AF"/>
     <w:rsid w:val="0077707D"/>
     <w:rsid w:val="00780A73"/>
     <w:rsid w:val="00782855"/>
     <w:rsid w:val="007A08F9"/>
     <w:rsid w:val="007A0B9A"/>
+    <w:rsid w:val="007B10FA"/>
     <w:rsid w:val="007C27D0"/>
     <w:rsid w:val="007C3130"/>
+    <w:rsid w:val="007C5EC7"/>
     <w:rsid w:val="007D1FC9"/>
     <w:rsid w:val="007D2864"/>
     <w:rsid w:val="007D6EC7"/>
     <w:rsid w:val="007D759B"/>
     <w:rsid w:val="007E299F"/>
     <w:rsid w:val="00804175"/>
     <w:rsid w:val="008401E9"/>
     <w:rsid w:val="008473AB"/>
     <w:rsid w:val="00854B29"/>
     <w:rsid w:val="00856E43"/>
     <w:rsid w:val="0087163D"/>
     <w:rsid w:val="00871BE3"/>
     <w:rsid w:val="0087333E"/>
     <w:rsid w:val="00881518"/>
     <w:rsid w:val="00887A03"/>
     <w:rsid w:val="00894F55"/>
     <w:rsid w:val="008A2678"/>
     <w:rsid w:val="008A337E"/>
     <w:rsid w:val="008A726A"/>
     <w:rsid w:val="008B67C6"/>
     <w:rsid w:val="008C1034"/>
     <w:rsid w:val="008C6024"/>
     <w:rsid w:val="008D1556"/>
     <w:rsid w:val="008D323F"/>
     <w:rsid w:val="008D5F5D"/>
     <w:rsid w:val="008E22B0"/>
     <w:rsid w:val="008F1629"/>
+    <w:rsid w:val="009104B5"/>
     <w:rsid w:val="00923CBA"/>
     <w:rsid w:val="0092522C"/>
     <w:rsid w:val="00932CC3"/>
     <w:rsid w:val="009429F7"/>
     <w:rsid w:val="0096161A"/>
     <w:rsid w:val="00964676"/>
     <w:rsid w:val="00971BFC"/>
     <w:rsid w:val="00974D0F"/>
     <w:rsid w:val="009763B8"/>
     <w:rsid w:val="00981D38"/>
     <w:rsid w:val="00984588"/>
     <w:rsid w:val="00987234"/>
     <w:rsid w:val="00990B47"/>
     <w:rsid w:val="009913BF"/>
     <w:rsid w:val="009A1B1B"/>
     <w:rsid w:val="009A3D22"/>
     <w:rsid w:val="009A452B"/>
     <w:rsid w:val="009B1AA7"/>
     <w:rsid w:val="009B4BAE"/>
     <w:rsid w:val="009D25AB"/>
     <w:rsid w:val="009D4A92"/>
     <w:rsid w:val="009F0236"/>
     <w:rsid w:val="009F2616"/>
     <w:rsid w:val="009F5F85"/>
     <w:rsid w:val="00A24478"/>
     <w:rsid w:val="00A255ED"/>
     <w:rsid w:val="00A3497E"/>
     <w:rsid w:val="00A40505"/>
+    <w:rsid w:val="00A5300B"/>
     <w:rsid w:val="00A55094"/>
     <w:rsid w:val="00A64233"/>
     <w:rsid w:val="00A64EBD"/>
     <w:rsid w:val="00A678B2"/>
     <w:rsid w:val="00A74AA8"/>
     <w:rsid w:val="00A74BBF"/>
     <w:rsid w:val="00A83BB4"/>
     <w:rsid w:val="00A87B06"/>
     <w:rsid w:val="00A95CEC"/>
     <w:rsid w:val="00AA4E55"/>
     <w:rsid w:val="00AA51F9"/>
     <w:rsid w:val="00AB515A"/>
     <w:rsid w:val="00AC7790"/>
     <w:rsid w:val="00AD00CA"/>
     <w:rsid w:val="00AE1B5C"/>
     <w:rsid w:val="00AE4B8A"/>
     <w:rsid w:val="00AE6B12"/>
     <w:rsid w:val="00B0180C"/>
     <w:rsid w:val="00B05BAF"/>
     <w:rsid w:val="00B0763B"/>
     <w:rsid w:val="00B11E8A"/>
     <w:rsid w:val="00B15ED1"/>
     <w:rsid w:val="00B229C1"/>
     <w:rsid w:val="00B2791D"/>
     <w:rsid w:val="00B32021"/>
     <w:rsid w:val="00B42A80"/>
     <w:rsid w:val="00B464C1"/>
+    <w:rsid w:val="00B47DD7"/>
     <w:rsid w:val="00B522EB"/>
     <w:rsid w:val="00B70D4F"/>
     <w:rsid w:val="00B72508"/>
     <w:rsid w:val="00B736DD"/>
     <w:rsid w:val="00B75BC6"/>
     <w:rsid w:val="00B96269"/>
     <w:rsid w:val="00BA4DA0"/>
     <w:rsid w:val="00BA562E"/>
     <w:rsid w:val="00BB0CBB"/>
     <w:rsid w:val="00BB7300"/>
     <w:rsid w:val="00BC2C77"/>
     <w:rsid w:val="00BC7A77"/>
     <w:rsid w:val="00BD52F9"/>
     <w:rsid w:val="00BF6BC8"/>
     <w:rsid w:val="00C10234"/>
     <w:rsid w:val="00C10F06"/>
     <w:rsid w:val="00C16876"/>
     <w:rsid w:val="00C21D5A"/>
     <w:rsid w:val="00C3073E"/>
     <w:rsid w:val="00C3377C"/>
     <w:rsid w:val="00C340E1"/>
     <w:rsid w:val="00C44FCA"/>
     <w:rsid w:val="00C47099"/>
     <w:rsid w:val="00C6193A"/>
     <w:rsid w:val="00C663B4"/>
     <w:rsid w:val="00C72602"/>
     <w:rsid w:val="00C74C85"/>
     <w:rsid w:val="00C77050"/>
+    <w:rsid w:val="00C77412"/>
     <w:rsid w:val="00C97005"/>
     <w:rsid w:val="00CA284E"/>
     <w:rsid w:val="00CA6431"/>
     <w:rsid w:val="00CA7DE4"/>
+    <w:rsid w:val="00CB09A1"/>
     <w:rsid w:val="00CC0C74"/>
     <w:rsid w:val="00CC32D7"/>
     <w:rsid w:val="00CC6B48"/>
     <w:rsid w:val="00CE516A"/>
     <w:rsid w:val="00CE699D"/>
     <w:rsid w:val="00D03148"/>
     <w:rsid w:val="00D034AD"/>
     <w:rsid w:val="00D210B0"/>
     <w:rsid w:val="00D21B56"/>
     <w:rsid w:val="00D255ED"/>
     <w:rsid w:val="00D31636"/>
     <w:rsid w:val="00D31876"/>
     <w:rsid w:val="00D35586"/>
     <w:rsid w:val="00D42F19"/>
     <w:rsid w:val="00D65371"/>
     <w:rsid w:val="00D73D4D"/>
     <w:rsid w:val="00D77530"/>
     <w:rsid w:val="00D91B0C"/>
     <w:rsid w:val="00DA06F8"/>
     <w:rsid w:val="00DC09E6"/>
     <w:rsid w:val="00DC66FE"/>
     <w:rsid w:val="00DD2D53"/>
     <w:rsid w:val="00DD6D4E"/>
     <w:rsid w:val="00DE0740"/>
     <w:rsid w:val="00DE38D2"/>
     <w:rsid w:val="00DE47C8"/>
     <w:rsid w:val="00DF13DB"/>
     <w:rsid w:val="00DF201E"/>
     <w:rsid w:val="00DF43B0"/>
     <w:rsid w:val="00E01598"/>
     <w:rsid w:val="00E044F8"/>
     <w:rsid w:val="00E1311F"/>
     <w:rsid w:val="00E163F7"/>
     <w:rsid w:val="00E21D17"/>
     <w:rsid w:val="00E4186A"/>
     <w:rsid w:val="00E42A9B"/>
     <w:rsid w:val="00E53E23"/>
     <w:rsid w:val="00E603AC"/>
     <w:rsid w:val="00E65E30"/>
     <w:rsid w:val="00E719C6"/>
     <w:rsid w:val="00E77233"/>
     <w:rsid w:val="00E80CD3"/>
     <w:rsid w:val="00E8473F"/>
     <w:rsid w:val="00E86B4A"/>
     <w:rsid w:val="00E91DDC"/>
     <w:rsid w:val="00E9216A"/>
     <w:rsid w:val="00E9444D"/>
     <w:rsid w:val="00E947EE"/>
     <w:rsid w:val="00EA5B98"/>
     <w:rsid w:val="00EB724B"/>
+    <w:rsid w:val="00EC43EB"/>
     <w:rsid w:val="00ED4F4E"/>
     <w:rsid w:val="00ED66AC"/>
     <w:rsid w:val="00EE0A69"/>
     <w:rsid w:val="00EE6719"/>
+    <w:rsid w:val="00EF271A"/>
     <w:rsid w:val="00EF6728"/>
     <w:rsid w:val="00EF67B6"/>
     <w:rsid w:val="00EF70C3"/>
     <w:rsid w:val="00F00684"/>
     <w:rsid w:val="00F139E0"/>
     <w:rsid w:val="00F15845"/>
     <w:rsid w:val="00F25706"/>
     <w:rsid w:val="00F25EAB"/>
     <w:rsid w:val="00F35F9E"/>
     <w:rsid w:val="00F37FB9"/>
     <w:rsid w:val="00F41E41"/>
     <w:rsid w:val="00F42735"/>
     <w:rsid w:val="00F44C74"/>
     <w:rsid w:val="00F46E3C"/>
     <w:rsid w:val="00F54F3D"/>
     <w:rsid w:val="00F56E9C"/>
     <w:rsid w:val="00F57138"/>
     <w:rsid w:val="00F61BC0"/>
     <w:rsid w:val="00F65E9C"/>
     <w:rsid w:val="00F67E7C"/>
+    <w:rsid w:val="00F72CB9"/>
     <w:rsid w:val="00F82252"/>
     <w:rsid w:val="00F9130C"/>
     <w:rsid w:val="00F93D5E"/>
     <w:rsid w:val="00FA424E"/>
     <w:rsid w:val="00FA6E67"/>
     <w:rsid w:val="00FC1E52"/>
     <w:rsid w:val="00FE0CA4"/>
     <w:rsid w:val="00FF015C"/>
     <w:rsid w:val="00FF4687"/>
     <w:rsid w:val="07086A83"/>
     <w:rsid w:val="1882437A"/>
     <w:rsid w:val="2BB159FC"/>
     <w:rsid w:val="31567114"/>
     <w:rsid w:val="32B24413"/>
     <w:rsid w:val="52FAE5CA"/>
     <w:rsid w:val="61D9E3E8"/>
     <w:rsid w:val="67D59D64"/>
     <w:rsid w:val="6C80A3ED"/>
     <w:rsid w:val="70247748"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -16029,51 +16383,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17692,51 +18046,50 @@
     <w:rsid w:val="0022085A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A55094"/>
     <w:pPr>
       <w:widowControl/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA424E"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA424E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A255ED"/>
@@ -17772,50 +18125,68 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="00856E43"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="ar-SA"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009F2616"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00CB09A1"/>
+    <w:pPr>
+      <w:widowControl/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+    <w:tblPr/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="123042471">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="29494554">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -26909,51 +27280,51 @@
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2091660080">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbon.com/myfiles/downloads/education/provider-listing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.laserfiche.com/h0975/forms/ncbon-education" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbon.com/sites/default/files/documents/2024-04/provider-listing.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.laserfiche.com/h0975/forms/ncbon-education" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -27220,89 +27591,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...37 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2776c5c8-58ca-4358-8434-65033f741ffa" xmlns:ns3="c924aea9-21ee-4af1-b9ea-1128ad371ed6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="09f8bd359a29ac17579eb07b80184c7d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003660396C9C4B9A458281E22864B25FE5" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1063b62ea1b612f552fe773819da0f56">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2776c5c8-58ca-4358-8434-65033f741ffa" xmlns:ns3="c924aea9-21ee-4af1-b9ea-1128ad371ed6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88a275af31e6301bf8ccff80b0f1b685" ns2:_="" ns3:_="">
     <xsd:import namespace="2776c5c8-58ca-4358-8434-65033f741ffa"/>
     <xsd:import namespace="c924aea9-21ee-4af1-b9ea-1128ad371ed6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -27511,87 +27845,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="c924aea9-21ee-4af1-b9ea-1128ad371ed6">
+      <UserInfo>
+        <DisplayName>Terry Ward</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Ann Marie Milner</DisplayName>
+        <AccountId>88</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Jennifer Lewis</DisplayName>
+        <AccountId>12</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2776c5c8-58ca-4358-8434-65033f741ffa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c924aea9-21ee-4af1-b9ea-1128ad371ed6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{020E53A6-2021-48C4-847D-AC8466ABBB29}">
-[...5 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A419C7ED-6ECB-4A13-8ED4-49BF4185D13B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7B7FF07F-610A-4B83-AC2C-F46897CC1575}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A464BD8E-F6FB-4612-AC85-916644D152AC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{020E53A6-2021-48C4-847D-AC8466ABBB29}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="b7822f13-4243-49ff-a19d-4279db89cbeb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2214</Words>
-  <Characters>12962</Characters>
+  <Words>2383</Words>
+  <Characters>13896</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>734</Lines>
-  <Paragraphs>255</Paragraphs>
+  <Lines>772</Lines>
+  <Paragraphs>313</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15237</CharactersWithSpaces>
+  <CharactersWithSpaces>15966</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tonya Body</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003660396C9C4B9A458281E22864B25FE5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">