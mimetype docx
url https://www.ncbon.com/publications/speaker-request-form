--- v0 (2025-10-01)
+++ v1 (2025-11-22)
@@ -18,73 +18,73 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4675"/>
         <w:gridCol w:w="6930"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B6520" w14:paraId="6A20549A" w14:textId="77777777" w:rsidTr="005608C6">
+      <w:tr w:rsidR="007B6520" w14:paraId="6A20549A" w14:textId="77777777" w:rsidTr="000D3202">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1EFE67E2" w14:textId="7DFC01B1" w:rsidR="007B6520" w:rsidRDefault="0038052B">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="19"/>
                 <w14:ligatures w14:val="standard"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47D9EB12" wp14:editId="31447183">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47D9EB12" wp14:editId="494960D9">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-6350</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>7620</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2775431" cy="857250"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="354608896" name="Picture 354608896" descr="A picture containing font, graphics, screenshot, graphic design&#10;&#10;Description automatically generated"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="354608896" name="Picture 4" descr="A picture containing font, graphics, screenshot, graphic design&#10;&#10;Description automatically generated"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -106,51 +106,51 @@
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6930" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="6E3A7E50" w14:textId="571D3F10" w:rsidR="00ED2E20" w:rsidRPr="001C717E" w:rsidRDefault="0082528F" w:rsidP="00ED2E20">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0082528F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="48"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t>SPEAKER REQUEST FORM</w:t>
             </w:r>
             <w:r w:rsidRPr="0082528F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="48"/>
@@ -198,781 +198,828 @@
               <w:t>Practice Coordinator</w:t>
             </w:r>
             <w:r w:rsidR="00ED2E20" w:rsidRPr="001C717E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Fax – 919-781-9461</w:t>
             </w:r>
             <w:r w:rsidR="00ED2E20">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – ATTN: </w:t>
             </w:r>
             <w:r w:rsidR="005F4148">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Practice</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20E41C59" w14:textId="5395B4C3" w:rsidR="007B6520" w:rsidRDefault="00ED2E20" w:rsidP="00ED2E20">
+          <w:p w14:paraId="603BEFFB" w14:textId="61A5EFF6" w:rsidR="007B6520" w:rsidRDefault="00ED2E20" w:rsidP="00ED2E20">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1140"/>
               </w:tabs>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C717E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Email – </w:t>
             </w:r>
-            <w:r w:rsidR="005F4148">
-[...12 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="00FE7243" w:rsidRPr="00D606B0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>practice@ncbon.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="20E41C59" w14:textId="5395B4C3" w:rsidR="00FE7243" w:rsidRDefault="00FE7243" w:rsidP="00ED2E20">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1140"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="430A6D94" w14:textId="5BC375AF" w:rsidR="00A060A6" w:rsidRDefault="00A060A6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E14A3A9" w14:textId="77777777" w:rsidR="00BC783E" w:rsidRDefault="00BC783E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="445"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7470"/>
+        <w:gridCol w:w="275"/>
+        <w:gridCol w:w="265"/>
+        <w:gridCol w:w="3515"/>
+        <w:gridCol w:w="7290"/>
+        <w:gridCol w:w="180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0038052B" w14:paraId="13F311F1" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="0038052B" w14:paraId="13F311F1" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11425" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="24C42603" w14:textId="5BC375AF" w:rsidR="0038052B" w:rsidRPr="00D35FD9" w:rsidRDefault="0038052B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D35FD9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Requester Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B6520" w14:paraId="174DB876" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="00444286" w14:paraId="45356CBC" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C63218F" w14:textId="1080309F" w:rsidR="00444286" w:rsidRDefault="00444286">
+            <w:r>
+              <w:t>Organization Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="420B43D0" w14:textId="77777777" w:rsidR="00444286" w:rsidRDefault="00444286"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00444286" w14:paraId="1B380975" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="13658B80" w14:textId="30B5ADE6" w:rsidR="00444286" w:rsidRDefault="00444286">
+            <w:r>
+              <w:t>Contact Person Name/Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A572F6" w14:textId="77777777" w:rsidR="00444286" w:rsidRDefault="00444286"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="127AA6F1" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E60A07B" w14:textId="12049EC8" w:rsidR="007B6520" w:rsidRDefault="0038052B">
+            <w:r>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF93533" w14:textId="77777777" w:rsidR="0038052B" w:rsidRDefault="0038052B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="5B32F387" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="07604657" w14:textId="6BDA72B3" w:rsidR="007B6520" w:rsidRDefault="0038052B">
+            <w:r>
+              <w:t>Office Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="13771A27" w14:textId="77777777" w:rsidR="0038052B" w:rsidRDefault="0038052B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="5B0EAA64" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:trHeight w:val="107"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0215CC74" w14:textId="42BE8B0C" w:rsidR="007B6520" w:rsidRDefault="0038052B">
+            <w:r>
+              <w:t>Cell Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="19513298" w14:textId="77777777" w:rsidR="0038052B" w:rsidRDefault="0038052B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="7F1748F6" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:trHeight w:val="287"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF04EEB" w14:textId="4EA044D7" w:rsidR="007B6520" w:rsidRDefault="0038052B">
+            <w:r>
+              <w:t>Fax</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6710804F" w14:textId="77777777" w:rsidR="0038052B" w:rsidRDefault="0038052B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008301CF" w14:paraId="477E7043" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDCB7A7" w14:textId="7AABBB04" w:rsidR="008301CF" w:rsidRPr="00D35FD9" w:rsidRDefault="008301CF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D35FD9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date/Time Information</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="638C8970" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:trHeight w:val="278"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="755B19FD" w14:textId="1CA5706E" w:rsidR="007B6520" w:rsidRDefault="0038052B">
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DB5D4F" w14:textId="6D8D1B15" w:rsidR="008301CF" w:rsidRDefault="008301CF">
             <w:r>
-              <w:t>Organization Name</w:t>
+              <w:t>Desired Date and Time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7470" w:type="dxa"/>
-          </w:tcPr>
-[...1 lines deleted...]
-          <w:p w14:paraId="4300F898" w14:textId="77777777" w:rsidR="0038052B" w:rsidRDefault="0038052B"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="62975B0A" w14:textId="77777777" w:rsidR="007B6520" w:rsidRDefault="007B6520"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B6520" w14:paraId="583734A4" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="007B6520" w14:paraId="4E129379" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6EA72E" w14:textId="39317C22" w:rsidR="007A6134" w:rsidRDefault="008301CF">
+            <w:r>
+              <w:t>Street Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1072D7" w14:textId="77777777" w:rsidR="007B6520" w:rsidRDefault="007B6520"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="3C095409" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B580E3" w14:textId="522781F8" w:rsidR="007A6134" w:rsidRDefault="008301CF">
+            <w:r>
+              <w:t>Building Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="191E5757" w14:textId="77777777" w:rsidR="007B6520" w:rsidRDefault="007B6520"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="3C65CF80" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32627110" w14:textId="4ECE01C0" w:rsidR="007A6134" w:rsidRDefault="008301CF">
+            <w:r>
+              <w:t>Room Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="05983CEC" w14:textId="77777777" w:rsidR="007B6520" w:rsidRDefault="007B6520"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="65B7941E" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F1688D" w14:textId="4F150A5C" w:rsidR="007A6134" w:rsidRDefault="008301CF">
+            <w:r>
+              <w:t>Parking Instructions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0044AD43" w14:textId="77777777" w:rsidR="007B6520" w:rsidRDefault="007B6520"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B6520" w14:paraId="38FCCECB" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="275" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6646158D" w14:textId="1BAF9D81" w:rsidR="007A6134" w:rsidRDefault="008301CF">
+            <w:r>
+              <w:t>Other specific information re location</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B5A80D" w14:textId="77777777" w:rsidR="007B6520" w:rsidRDefault="007B6520"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A56356" w14:paraId="018C9BC6" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="4896B1FE" w14:textId="77777777" w:rsidR="0038052B" w:rsidRDefault="0038052B"/>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A01D31" w14:textId="171662C5" w:rsidR="00A56356" w:rsidRPr="00D35FD9" w:rsidRDefault="00A56356">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D35FD9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Attendees and Logistics</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B6520" w14:paraId="127AA6F1" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="00A56356" w14:paraId="3FD36F88" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2BF93533" w14:textId="77777777" w:rsidR="0038052B" w:rsidRDefault="0038052B"/>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B27AF" w14:textId="77777777" w:rsidR="00A56356" w:rsidRDefault="00A56356">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Number of Attendees</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Minimum of 25 licensed nurses required</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (APRN, RN, LPN). Five business days prior to the presentation, the NCBON may cancel said presentation if the adequate number of participants are unable to attend.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C96E941" w14:textId="77777777" w:rsidR="00A56356" w:rsidRPr="00115190" w:rsidRDefault="00A56356">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="60AF4ABF" w14:textId="25F39CD4" w:rsidR="00A56356" w:rsidRPr="00115190" w:rsidRDefault="00A56356">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D35FD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>How many participants do you expect?</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D35FD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B6520" w14:paraId="5B32F387" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="00A56356" w:rsidRPr="00D35FD9" w14:paraId="0AB5B538" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="13771A27" w14:textId="77777777" w:rsidR="0038052B" w:rsidRDefault="0038052B"/>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1A1C1F" w14:textId="202C7491" w:rsidR="00A56356" w:rsidRPr="00D35FD9" w:rsidRDefault="00A56356">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D35FD9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">In what format would you like the requested workshop to be held? Check </w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="00D35FD9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>appropriate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D35FD9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> box below.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B6520" w14:paraId="5B0EAA64" w14:textId="77777777" w:rsidTr="0518F6AC">
-[...49 lines deleted...]
-      <w:tr w:rsidR="008301CF" w14:paraId="477E7043" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="00A56356" w14:paraId="3F70BAE7" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11425" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3DA932" w14:textId="77777777" w:rsidR="00A56356" w:rsidRDefault="00A56356"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10985" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E90AE04" w14:textId="4A537A1F" w:rsidR="00A56356" w:rsidRDefault="00A56356">
             <w:r w:rsidRPr="00D35FD9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Date/Time Information</w:t>
+              <w:t>In-Person</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (Presenter comes to requesting facility to provide workshop</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5569">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B6520" w14:paraId="638C8970" w14:textId="77777777" w:rsidTr="0518F6AC">
-[...23 lines deleted...]
-      <w:tr w:rsidR="007B6520" w14:paraId="4E129379" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="00A56356" w14:paraId="5F7F7331" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="41AAABF4" w14:textId="77777777" w:rsidR="008301CF" w:rsidRDefault="008301CF">
+          </w:tcPr>
+          <w:p w14:paraId="3F996F43" w14:textId="77777777" w:rsidR="00A56356" w:rsidRDefault="00A56356"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4E3620" w14:textId="0E3D1579" w:rsidR="00A32D5B" w:rsidRPr="00356F80" w:rsidRDefault="00A56356">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D35FD9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Via Webinar</w:t>
+            </w:r>
             <w:r>
-              <w:t>Street Address</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="6C1072D7" w14:textId="77777777" w:rsidR="007B6520" w:rsidRDefault="007B6520"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5569">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">resenter provides </w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>live</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> interactive workshop via </w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>meeting link</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>). Once the date/time has been confirmed with the presenter,</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> we will request a dry run to test Teams</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> connection capability. Please have IT support available on day of</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the dry run and</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35FD9" w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> webinar to assist your facility with possible technical issues.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B6520" w14:paraId="3C095409" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="001202C3" w14:paraId="7126D24A" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
-[...413 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="0B5962C0" w14:textId="2F208AA4" w:rsidR="001202C3" w:rsidRPr="002A746D" w:rsidRDefault="001202C3" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>If in-person, w</w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -1175,845 +1222,975 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Copying and distributing handout materials for attendees (these will be sent via email)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46818061" w14:textId="7F04DA9A" w:rsidR="001202C3" w:rsidRPr="00D35FD9" w:rsidRDefault="001202C3" w:rsidP="00EF6BB1">
+          <w:p w14:paraId="5FBD80CE" w14:textId="77777777" w:rsidR="001202C3" w:rsidRDefault="001202C3" w:rsidP="00EF6BB1">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:rPr>
-                <w:b/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t> </w:t>
-[...4 lines deleted...]
-                <w:b/>
+            </w:pPr>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:kern w:val="0"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
               <w:t>If you are unable to provide one of the above items, please indicate said item(s) below: </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="46818061" w14:textId="7F04DA9A" w:rsidR="00082416" w:rsidRPr="00D35FD9" w:rsidRDefault="00082416" w:rsidP="00EF6BB1">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000127A8" w14:paraId="759194D3" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="2657470A" w14:paraId="2EA26B99" w14:textId="77777777" w:rsidTr="00EE5393">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E791E0" w14:textId="64A79309" w:rsidR="78F37002" w:rsidRDefault="78F37002" w:rsidP="2657470A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2657470A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Additional Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006800E2" w14:paraId="4645E078" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11425" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0AC9AA29" w14:textId="6309D9BB" w:rsidR="000127A8" w:rsidRDefault="000127A8" w:rsidP="001202C3">
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4315C565" w14:textId="77777777" w:rsidR="006800E2" w:rsidRDefault="006800E2" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="530099C4" w14:textId="77777777" w:rsidR="005009B2" w:rsidRDefault="005009B2" w:rsidP="001202C3">
+            <w:pPr>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02DABB91" w14:textId="77777777" w:rsidR="000D3202" w:rsidRDefault="000D3202" w:rsidP="001202C3">
+            <w:pPr>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5169B634" w14:textId="77777777" w:rsidR="000D3202" w:rsidRDefault="000D3202" w:rsidP="001202C3">
+            <w:pPr>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="458ED863" w14:textId="77777777" w:rsidR="000D3202" w:rsidRDefault="000D3202" w:rsidP="001202C3">
+            <w:pPr>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56D86274" w14:textId="77777777" w:rsidR="000D3202" w:rsidRPr="007A6134" w:rsidRDefault="000D3202" w:rsidP="001202C3">
+            <w:pPr>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00250E7C" w14:paraId="0AF46472" w14:textId="77777777" w:rsidTr="00EE5393">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5275C431" w14:textId="20FA5103" w:rsidR="00250E7C" w:rsidRPr="000D3202" w:rsidRDefault="00250E7C" w:rsidP="00DF195B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D3202">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>As of June 30, 2024, the North Carolina Board of Nursing  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D3202">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000D3202">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>no longer provide</w:t>
+            </w:r>
+            <w:r w:rsidR="007A6B08" w:rsidRPr="000D3202">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D3202">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> contact hour credit for the offerings listed on this form.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D3202" w14:paraId="7284A91B" w14:textId="77777777" w:rsidTr="00EE5393">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B9948D" w14:textId="77777777" w:rsidR="000D3202" w:rsidRDefault="000D3202" w:rsidP="00DF195B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002100E7" w14:paraId="144D7928" w14:textId="77777777" w:rsidTr="00EE5393">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4D5181" w14:textId="77777777" w:rsidR="002100E7" w:rsidRDefault="002100E7" w:rsidP="000D3202">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D3202">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Presentation Title/Description</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7102D25F" w14:textId="1B24D0FB" w:rsidR="002100E7" w:rsidRPr="006800E2" w:rsidRDefault="002100E7" w:rsidP="000D3202">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="A9CA53"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D3202">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Check Presentation</w:t>
+            </w:r>
+            <w:r w:rsidR="006800E2" w:rsidRPr="000D3202">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(s) You Wish to Request (Check appropriate box(es) below:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000127A8" w14:paraId="6A12B41B" w14:textId="77777777" w:rsidTr="00EE5393">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="02DCC232" w14:textId="0BF2C795" w:rsidR="00832C5D" w:rsidRDefault="00832C5D" w:rsidP="00832C5D">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A6134">
-[...19 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006800E2" w14:paraId="4645E078" w14:textId="77777777" w:rsidTr="0518F6AC">
-[...186 lines deleted...]
-      <w:tr w:rsidR="006800E2" w14:paraId="565A22FF" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="006800E2" w14:paraId="565A22FF" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="323"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="5C3F72A6" w14:textId="77777777" w:rsidR="006800E2" w:rsidRDefault="006800E2" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7DD10282" w14:textId="56E71457" w:rsidR="006800E2" w:rsidRDefault="006800E2" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Continuing Competence</w:t>
+              <w:t xml:space="preserve">Continuing </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Competence</w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="7D82C696">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">– </w:t>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1 hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006800E2" w14:paraId="7E785758" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="006800E2" w14:paraId="7E785758" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="422"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4DCDD299" w14:textId="77777777" w:rsidR="006800E2" w:rsidRDefault="006800E2" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="147AE5DE" w14:textId="77777777" w:rsidR="006800E2" w:rsidRDefault="006800E2" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Presentation is for all nurses with an active license in NC and is an overview of continuing competency requirements.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C150BF3" w14:textId="234A0BC6" w:rsidR="005009B2" w:rsidRPr="005D4D6B" w:rsidRDefault="005009B2" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006800E2" w14:paraId="31C561DD" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="006800E2" w14:paraId="31C561DD" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="305"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="6D36B4F1" w14:textId="77777777" w:rsidR="006800E2" w:rsidRDefault="006800E2" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="66C86B33" w14:textId="3748608A" w:rsidR="006800E2" w:rsidRDefault="006800E2" w:rsidP="007D4E8B">
             <w:pPr>
               <w:ind w:left="-24"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Legal Scope of Practice </w:t>
+              <w:t xml:space="preserve">Legal Scope of </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Practice </w:t>
             </w:r>
             <w:r w:rsidRPr="7D82C696">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">– </w:t>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>2 hour</w:t>
             </w:r>
             <w:r w:rsidR="00D46D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006800E2" w14:paraId="3DF341DE" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="006800E2" w14:paraId="3DF341DE" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="563"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="7BC5D9FF" w14:textId="77777777" w:rsidR="006800E2" w:rsidRDefault="006800E2" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="146AD3D4" w14:textId="77777777" w:rsidR="006800E2" w:rsidRDefault="00D46D0C" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Defines and contrasts each component of the RN and LPN scope of practice including nursing accountability for delegation of tasks to unlicensed assistive personnel.  Potential violations are discussed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70490FE2" w14:textId="69520982" w:rsidR="004B67BF" w:rsidRPr="005D4D6B" w:rsidRDefault="004B67BF" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="1BC9652E" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="1BC9652E" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
-          <w:trHeight w:val="359"/>
+          <w:trHeight w:val="260"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="22564AAE" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="637BB486" w14:textId="2B016B4E" w:rsidR="004B67BF" w:rsidRPr="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Delegation: Responsibilities of the Nurse</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">  – </w:t>
+              <w:t xml:space="preserve">Delegation: Responsibilities of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Nurse</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  –</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1 hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="63618B8E" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="63618B8E" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="704"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="46B4A43A" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="69BA940B" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Provides information about delegation that would enhance the nurse’s knowledge, skills, and application of delegation principles to ensure the provision of safe competent nursing care. Discussion includes the role and responsibilities of the nurse for delegation to unlicensed assistive personnel.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B0D2C19" w14:textId="3B8DC78A" w:rsidR="004B67BF" w:rsidRPr="005D4D6B" w:rsidRDefault="004B67BF" w:rsidP="00DC47EC">
             <w:pPr>
               <w:ind w:left="76"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="363419D7" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="363419D7" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
-          <w:trHeight w:val="350"/>
+          <w:trHeight w:val="251"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="1E6CC2B0" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="001202C3">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="4D75AB29" w14:textId="071336DB" w:rsidR="004B67BF" w:rsidRPr="0099381E" w:rsidRDefault="004B67BF" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Understanding the Scope of Practice and Role of the LPN </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1 hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="7DF724A2" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="7DF724A2" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="422"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="79D67EB7" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="4CF46725" w14:textId="74678B9A" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Assists RNs, LPNs, and employers of nurses in understanding the LPN scope of practice</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34C829C4" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRPr="005D4D6B" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="0E73F4EC" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="0E73F4EC" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="341"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="42E065BA" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="35AB79FF" w14:textId="27CA8354" w:rsidR="004B67BF" w:rsidRPr="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2F70110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="4CBCBA3F" w:rsidRPr="2F70110F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">C </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
@@ -2035,77 +2212,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="7D82C696">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1 hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="0DDD0980" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="0DDD0980" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="563"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="3E6DA4C4" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6F09ACB9" w14:textId="52B094F5" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Describes an overview of the NC Board of Nursing authority, composition, vision, function, activities, strategic initiatives</w:t>
             </w:r>
             <w:r w:rsidR="00274163">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2119,890 +2297,825 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>, and provides NCBON updates</w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F56BEA9" w14:textId="5AF3328B" w:rsidR="00341E2A" w:rsidRPr="005D4D6B" w:rsidRDefault="00341E2A" w:rsidP="007D4E8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="46DBE34C" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="46DBE34C" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
-          <w:trHeight w:val="404"/>
+          <w:trHeight w:val="305"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="52E27648" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="54E095B3" w14:textId="62C3DB6F" w:rsidR="004B67BF" w:rsidRPr="002A746D" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Prevention of Documentation and Medication Errors – </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1 hour</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="5DE831F8" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="5DE831F8" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="563"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5CBF6E3A" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3993513D" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Provides information about</w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rStyle w:val="normaltextrun"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> nursing regulatory requirements for documentation and medication administration; and best practices and strategies to prevent documentation and medication errors.</w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rStyle w:val="eop"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36F486E8" w14:textId="22B99120" w:rsidR="004B67BF" w:rsidRPr="005D4D6B" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="4EB74D82" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="4EB74D82" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="233"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="3E362023" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="3D7BBABA" w14:textId="3B623FC7" w:rsidR="004B67BF" w:rsidRPr="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Introduction to Just Culture and NCBON Complaint Evaluation Tool </w:t>
             </w:r>
             <w:r w:rsidR="4210A707" w:rsidRPr="7D82C696">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>1 hour and 30 minutes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B67BF" w14:paraId="5AC585CB" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="004B67BF" w14:paraId="5AC585CB" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
           <w:trHeight w:val="704"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="799FDE0F" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="22C66867" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A746D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">Provides information about Just Culture concepts, role of nursing regulation in practice errors, instructions in use of NCBON CET, consultation with NCBON about practice errors, and mandatory reporting. Suggested audience is nursing leadership: director, administrator, manager, supervisor, etc.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0516E7C1" w14:textId="4E9533C5" w:rsidR="000E71A9" w:rsidRPr="005D4D6B" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E71A9" w14:paraId="61B36FAB" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="000E71A9" w14:paraId="1ED44B66" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
-          <w:trHeight w:val="413"/>
+          <w:trHeight w:val="305"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="38DDE9E9" w14:textId="77777777" w:rsidR="000E71A9" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
+          <w:p w14:paraId="79138B46" w14:textId="77777777" w:rsidR="000E71A9" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD2E626" w14:textId="4E759F73" w:rsidR="000E71A9" w:rsidRPr="002A746D" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Overview of Nursing Practice Act Violations and Investigations </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
                 <w:i/>
-              </w:rPr>
-              <w:t>1 hour</w:t>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>– 1 hour and 30 minutes</w:t>
             </w:r>
             <w:r>
-              <w:tab/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E71A9" w14:paraId="7A1A74F7" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="000E71A9" w14:paraId="73B0CC52" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
-          <w:trHeight w:val="704"/>
+          <w:trHeight w:val="422"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="16B71A21" w14:textId="77777777" w:rsidR="000E71A9" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
+          <w:p w14:paraId="3AD46043" w14:textId="77777777" w:rsidR="000E71A9" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
             <w:pPr>
               <w:ind w:left="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="09721EF6" w14:textId="2DE5A84F" w:rsidR="000E71A9" w:rsidRPr="005D4D6B" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5159C577" w14:textId="77777777" w:rsidR="000E71A9" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A746D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Provides information about the five common NPA violations reported to the Board of Nursing and the five common pieces of evidence gathered during an investigation.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="007DC30F" w14:textId="74AF4D49" w:rsidR="000E71A9" w:rsidRPr="005D4D6B" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E71A9" w14:paraId="1ED44B66" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="15F7C500" w14:paraId="7EC5D3D4" w14:textId="77777777" w:rsidTr="00EE5393">
         <w:trPr>
-          <w:trHeight w:val="350"/>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
-[...17 lines deleted...]
-            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
-[...18 lines deleted...]
-                <w:bCs/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB6BDA8" w14:textId="428DFAEE" w:rsidR="15F7C500" w:rsidRDefault="15F7C500" w:rsidP="15F7C500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FCF9B3" w14:textId="12FFA3E3" w:rsidR="2A4B865C" w:rsidRDefault="2A4B865C" w:rsidP="13EA072D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="13EA072D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Newly Licensed Nurse Orientation Workshop</w:t>
+            </w:r>
+            <w:r w:rsidR="731E1157" w:rsidRPr="13EA072D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="0A87A471" w:rsidRPr="13EA072D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>– 1 hour and 30 minutes</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>3 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E71A9" w14:paraId="73B0CC52" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="15F7C500" w14:paraId="569C33D7" w14:textId="77777777" w:rsidTr="00E4351A">
         <w:trPr>
-          <w:trHeight w:val="422"/>
+          <w:trHeight w:val="300"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
-[...17 lines deleted...]
-            <w:tcW w:w="10980" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5159C577" w14:textId="77777777" w:rsidR="000E71A9" w:rsidRDefault="000E71A9" w:rsidP="004B67BF">
-[...48 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="1B55EE43" w14:textId="4645C317" w:rsidR="15F7C500" w:rsidRDefault="15F7C500" w:rsidP="15F7C500">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10985" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2E0A6"/>
-[...32 lines deleted...]
-              <w:t>3 hours</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="596D1A1A" w14:textId="1E9D5FED" w:rsidR="2A4B865C" w:rsidRDefault="2A4B865C" w:rsidP="0518F6AC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0518F6AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Provides</w:t>
+            </w:r>
+            <w:r w:rsidR="38E021F5" w:rsidRPr="0518F6AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> newly licensed nurses with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0518F6AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>information about the functions of the NCBON, the Nursing Practice Act, Administrative Rules, common practice concerns, strategies to avoid potential violations</w:t>
+            </w:r>
+            <w:r w:rsidR="3970DC8E" w:rsidRPr="0518F6AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, and available resources.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="15F7C500" w14:paraId="569C33D7" w14:textId="77777777" w:rsidTr="0518F6AC">
-[...59 lines deleted...]
-      <w:tr w:rsidR="004B67BF" w14:paraId="21C8483A" w14:textId="77777777" w:rsidTr="0518F6AC">
+      <w:tr w:rsidR="00E4351A" w14:paraId="21C8483A" w14:textId="77777777" w:rsidTr="00E4351A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="445" w:type="dxa"/>
+            <w:tcW w:w="11525" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="675666EA" w14:textId="77777777" w:rsidR="004B67BF" w:rsidRDefault="004B67BF" w:rsidP="004B67BF">
-[...15 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w14:paraId="4A42A8ED" w14:textId="77777777" w:rsidR="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="10769"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00E4351A" w14:paraId="127829BA" w14:textId="77777777" w:rsidTr="00E4351A">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="10769" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4A615149" w14:textId="77777777" w:rsidR="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+                  <w:pPr>
+                    <w:ind w:left="-116"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                      <w:b/>
+                      <w:bCs/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="3FFC8F21" w14:textId="77777777" w:rsidR="00E4351A" w:rsidRPr="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E4351A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Please see information below.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="570BAB6C" w14:textId="77777777" w:rsidR="00E4351A" w:rsidRPr="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75BC352F" w14:textId="77777777" w:rsidR="00E4351A" w:rsidRPr="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E4351A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>HONORARIA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50513BF1" w14:textId="596B7D3A" w:rsidR="00E4351A" w:rsidRPr="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E4351A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E4351A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>honoraria</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E4351A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of $100.00 per workshop is accepted but remains discretionary.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57756DBB" w14:textId="40D54A54" w:rsidR="00E4351A" w:rsidRPr="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E4351A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Please make checks payable to the North Carolina Board of Nursing – PO Box 2129 – Raleigh, NC 27602</w:t>
+            </w:r>
+            <w:r w:rsidR="00801827">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EFF8F53" w14:textId="77777777" w:rsidR="00E4351A" w:rsidRPr="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D2A4EAD" w14:textId="0BAFF3EA" w:rsidR="00E4351A" w:rsidRPr="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E4351A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>QUESTIONS?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78B70F06" w14:textId="4607298C" w:rsidR="00E4351A" w:rsidRPr="00E4351A" w:rsidRDefault="00E4351A" w:rsidP="00E4351A">
+            <w:pPr>
+              <w:ind w:left="-116"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E4351A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Please contact Paulette Hampton, MA - Practice Coordinator at practice@ncbon.com.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B67BF" w14:paraId="699EE3A7" w14:textId="77777777" w:rsidTr="003B1FBE">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="180" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11345" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3056ACEF" w14:textId="49EBD576" w:rsidR="004B67BF" w:rsidRPr="002A746D" w:rsidRDefault="004B67BF" w:rsidP="15F7C500">
-[...56 lines deleted...]
-          <w:p w14:paraId="0BB9953C" w14:textId="166F6092" w:rsidR="004B67BF" w:rsidRPr="007E33AE" w:rsidRDefault="004B67BF" w:rsidP="3CC57EBC">
+          <w:p w14:paraId="0BB9953C" w14:textId="166F6092" w:rsidR="00571B53" w:rsidRPr="007E33AE" w:rsidRDefault="00571B53" w:rsidP="00EE5393">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               <w:ind w:right="306"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3CC57EBC">
-[...83 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67E04A59" w14:textId="77777777" w:rsidR="007B6520" w:rsidRDefault="007B6520"/>
     <w:sectPr w:rsidR="007B6520" w:rsidSect="0032228D">
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="270" w:right="288" w:bottom="720" w:left="288" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44348941" w14:textId="77777777" w:rsidR="004A6BC1" w:rsidRDefault="004A6BC1" w:rsidP="00BB5656">
+    <w:p w14:paraId="60E4C211" w14:textId="77777777" w:rsidR="00981E69" w:rsidRDefault="00981E69" w:rsidP="00BB5656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C0D29B2" w14:textId="77777777" w:rsidR="004A6BC1" w:rsidRDefault="004A6BC1" w:rsidP="00BB5656">
+    <w:p w14:paraId="6D522E9D" w14:textId="77777777" w:rsidR="00981E69" w:rsidRDefault="00981E69" w:rsidP="00BB5656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6E893C89" w14:textId="77777777" w:rsidR="004A6BC1" w:rsidRDefault="004A6BC1">
+    <w:p w14:paraId="363D465B" w14:textId="77777777" w:rsidR="00981E69" w:rsidRDefault="00981E69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -3107,71 +3220,71 @@
     <w:r w:rsidRPr="00BB5656">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00BB5656">
       <w:rPr>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="314E7E04" w14:textId="77777777" w:rsidR="00BB5656" w:rsidRDefault="00BB5656">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BE38310" w14:textId="77777777" w:rsidR="004A6BC1" w:rsidRDefault="004A6BC1" w:rsidP="00BB5656">
+    <w:p w14:paraId="4ED3FCE8" w14:textId="77777777" w:rsidR="00981E69" w:rsidRDefault="00981E69" w:rsidP="00BB5656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49A84147" w14:textId="77777777" w:rsidR="004A6BC1" w:rsidRDefault="004A6BC1" w:rsidP="00BB5656">
+    <w:p w14:paraId="793CF72D" w14:textId="77777777" w:rsidR="00981E69" w:rsidRDefault="00981E69" w:rsidP="00BB5656">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7953F88B" w14:textId="77777777" w:rsidR="004A6BC1" w:rsidRDefault="004A6BC1">
+    <w:p w14:paraId="5B730B47" w14:textId="77777777" w:rsidR="00981E69" w:rsidRDefault="00981E69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="145C4186"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C82CFCA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -3528,214 +3641,262 @@
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1311710608">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1461462133">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1707413595">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A52E8"/>
+    <w:rsid w:val="00003638"/>
     <w:rsid w:val="000127A8"/>
     <w:rsid w:val="00031B7F"/>
     <w:rsid w:val="00047CFF"/>
     <w:rsid w:val="000541E1"/>
     <w:rsid w:val="000679F6"/>
+    <w:rsid w:val="00082416"/>
     <w:rsid w:val="00090D00"/>
     <w:rsid w:val="000963AB"/>
     <w:rsid w:val="000D040D"/>
+    <w:rsid w:val="000D3202"/>
+    <w:rsid w:val="000D6237"/>
     <w:rsid w:val="000E04DE"/>
     <w:rsid w:val="000E71A9"/>
     <w:rsid w:val="00115190"/>
     <w:rsid w:val="001202C3"/>
     <w:rsid w:val="00180DAD"/>
+    <w:rsid w:val="00185378"/>
     <w:rsid w:val="0019336C"/>
     <w:rsid w:val="001A52E8"/>
     <w:rsid w:val="001B014F"/>
+    <w:rsid w:val="001B14C4"/>
     <w:rsid w:val="001D1CF2"/>
     <w:rsid w:val="001E2F9D"/>
     <w:rsid w:val="00206A9E"/>
     <w:rsid w:val="002100E7"/>
     <w:rsid w:val="00250E7C"/>
     <w:rsid w:val="00274163"/>
     <w:rsid w:val="002B2ADF"/>
     <w:rsid w:val="002F1098"/>
     <w:rsid w:val="0032228D"/>
     <w:rsid w:val="0034111C"/>
     <w:rsid w:val="00341E2A"/>
     <w:rsid w:val="00356F80"/>
     <w:rsid w:val="00361B77"/>
     <w:rsid w:val="0038052B"/>
+    <w:rsid w:val="003B1FBE"/>
     <w:rsid w:val="003D384D"/>
     <w:rsid w:val="00413D1F"/>
     <w:rsid w:val="00417278"/>
+    <w:rsid w:val="00427439"/>
+    <w:rsid w:val="00444286"/>
     <w:rsid w:val="00462657"/>
+    <w:rsid w:val="00482E79"/>
     <w:rsid w:val="00496438"/>
     <w:rsid w:val="004A6BC1"/>
+    <w:rsid w:val="004A756F"/>
     <w:rsid w:val="004B67BF"/>
     <w:rsid w:val="004C1710"/>
+    <w:rsid w:val="004C1BE2"/>
     <w:rsid w:val="004F523C"/>
     <w:rsid w:val="005009B2"/>
     <w:rsid w:val="00512659"/>
     <w:rsid w:val="005131EA"/>
     <w:rsid w:val="005608C6"/>
+    <w:rsid w:val="00571B53"/>
+    <w:rsid w:val="005A2813"/>
+    <w:rsid w:val="005C3FB9"/>
     <w:rsid w:val="005C6B0E"/>
     <w:rsid w:val="005D4D6B"/>
     <w:rsid w:val="005E75AD"/>
     <w:rsid w:val="005F4148"/>
     <w:rsid w:val="00616606"/>
+    <w:rsid w:val="00635F2D"/>
     <w:rsid w:val="0065658F"/>
     <w:rsid w:val="006800E2"/>
     <w:rsid w:val="00695EFF"/>
     <w:rsid w:val="006A36D9"/>
     <w:rsid w:val="006E2912"/>
+    <w:rsid w:val="006F2312"/>
     <w:rsid w:val="00700F5F"/>
     <w:rsid w:val="00716D93"/>
     <w:rsid w:val="007416F7"/>
     <w:rsid w:val="00751A51"/>
     <w:rsid w:val="007846B4"/>
     <w:rsid w:val="007A6134"/>
     <w:rsid w:val="007A6B08"/>
     <w:rsid w:val="007B6520"/>
+    <w:rsid w:val="007C11B4"/>
     <w:rsid w:val="007D4E8B"/>
     <w:rsid w:val="007E33AE"/>
+    <w:rsid w:val="00801827"/>
     <w:rsid w:val="00821873"/>
     <w:rsid w:val="0082528F"/>
     <w:rsid w:val="008301CF"/>
     <w:rsid w:val="00832C5D"/>
     <w:rsid w:val="008417B9"/>
+    <w:rsid w:val="0086489D"/>
+    <w:rsid w:val="008A7B15"/>
     <w:rsid w:val="008C4F23"/>
+    <w:rsid w:val="008D3218"/>
+    <w:rsid w:val="008D78D6"/>
+    <w:rsid w:val="008E7E06"/>
+    <w:rsid w:val="008F44A2"/>
     <w:rsid w:val="008F7A02"/>
     <w:rsid w:val="0090032D"/>
     <w:rsid w:val="00905BC5"/>
     <w:rsid w:val="00973B80"/>
+    <w:rsid w:val="00981E69"/>
     <w:rsid w:val="0099381E"/>
     <w:rsid w:val="009C152B"/>
     <w:rsid w:val="009E5569"/>
     <w:rsid w:val="00A04AD4"/>
     <w:rsid w:val="00A060A6"/>
     <w:rsid w:val="00A10A44"/>
     <w:rsid w:val="00A11027"/>
     <w:rsid w:val="00A148C3"/>
     <w:rsid w:val="00A32D5B"/>
     <w:rsid w:val="00A56356"/>
+    <w:rsid w:val="00A96E99"/>
     <w:rsid w:val="00A97176"/>
+    <w:rsid w:val="00AA0BA6"/>
+    <w:rsid w:val="00AE22B6"/>
     <w:rsid w:val="00AF0B84"/>
+    <w:rsid w:val="00AF3B6A"/>
     <w:rsid w:val="00BA7B0B"/>
     <w:rsid w:val="00BB5656"/>
     <w:rsid w:val="00BC783E"/>
     <w:rsid w:val="00C3095E"/>
     <w:rsid w:val="00C5757C"/>
     <w:rsid w:val="00C577E5"/>
     <w:rsid w:val="00C77E89"/>
     <w:rsid w:val="00CB1F96"/>
+    <w:rsid w:val="00CC441D"/>
     <w:rsid w:val="00D20BD3"/>
     <w:rsid w:val="00D21651"/>
+    <w:rsid w:val="00D310FD"/>
     <w:rsid w:val="00D35FD9"/>
+    <w:rsid w:val="00D378D3"/>
     <w:rsid w:val="00D46D0C"/>
     <w:rsid w:val="00D53CFD"/>
     <w:rsid w:val="00D808CA"/>
     <w:rsid w:val="00DC47EC"/>
     <w:rsid w:val="00DD4977"/>
     <w:rsid w:val="00DF195B"/>
     <w:rsid w:val="00DF50FC"/>
+    <w:rsid w:val="00E026CA"/>
+    <w:rsid w:val="00E06285"/>
+    <w:rsid w:val="00E4351A"/>
     <w:rsid w:val="00E5574E"/>
     <w:rsid w:val="00E7158A"/>
     <w:rsid w:val="00E81952"/>
     <w:rsid w:val="00EA142B"/>
+    <w:rsid w:val="00EA4D0D"/>
     <w:rsid w:val="00ED2E20"/>
+    <w:rsid w:val="00ED576E"/>
+    <w:rsid w:val="00EE5393"/>
+    <w:rsid w:val="00EF05B8"/>
     <w:rsid w:val="00EF6BB1"/>
+    <w:rsid w:val="00F21C4B"/>
     <w:rsid w:val="00F35D83"/>
     <w:rsid w:val="00F371AF"/>
+    <w:rsid w:val="00F537FB"/>
     <w:rsid w:val="00FA18D0"/>
+    <w:rsid w:val="00FE7243"/>
+    <w:rsid w:val="00FF1A9E"/>
     <w:rsid w:val="0518F6AC"/>
     <w:rsid w:val="0702C97B"/>
     <w:rsid w:val="0A87A471"/>
     <w:rsid w:val="12A2C940"/>
     <w:rsid w:val="13C9E939"/>
     <w:rsid w:val="13EA072D"/>
     <w:rsid w:val="15F7C500"/>
     <w:rsid w:val="1ABAB5A7"/>
     <w:rsid w:val="1FD14CEC"/>
     <w:rsid w:val="2105E1C0"/>
     <w:rsid w:val="24C6F386"/>
+    <w:rsid w:val="2657470A"/>
     <w:rsid w:val="2A4B865C"/>
     <w:rsid w:val="2B5D15B0"/>
     <w:rsid w:val="2F70110F"/>
     <w:rsid w:val="38E021F5"/>
     <w:rsid w:val="3970DC8E"/>
     <w:rsid w:val="3A4E0CD9"/>
     <w:rsid w:val="3CC57EBC"/>
     <w:rsid w:val="3DB8183C"/>
     <w:rsid w:val="4210A707"/>
     <w:rsid w:val="4CBCBA3F"/>
     <w:rsid w:val="4CC11C6C"/>
     <w:rsid w:val="4D1257AF"/>
     <w:rsid w:val="50A11D4C"/>
     <w:rsid w:val="555E34F6"/>
     <w:rsid w:val="58CF6E71"/>
+    <w:rsid w:val="618AB419"/>
     <w:rsid w:val="667F84C6"/>
     <w:rsid w:val="6C99FDC3"/>
     <w:rsid w:val="731E1157"/>
     <w:rsid w:val="7669E312"/>
+    <w:rsid w:val="78F37002"/>
     <w:rsid w:val="7910472D"/>
     <w:rsid w:val="79FC033B"/>
     <w:rsid w:val="7D82C696"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -4161,60 +4322,51 @@
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="007B6520"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
+    <w:tblPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001202C3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ja-JP"/>
       <w14:ligatures w14:val="standard"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00700F5F"/>
@@ -4266,62 +4418,85 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BB5656"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BB5656"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BB5656"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FE7243"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FE7243"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:practice@ncbon.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4588,84 +4763,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...32 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2776c5c8-58ca-4358-8434-65033f741ffa" xmlns:ns3="c924aea9-21ee-4af1-b9ea-1128ad371ed6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="09f8bd359a29ac17579eb07b80184c7d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003660396C9C4B9A458281E22864B25FE5" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1063b62ea1b612f552fe773819da0f56">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2776c5c8-58ca-4358-8434-65033f741ffa" xmlns:ns3="c924aea9-21ee-4af1-b9ea-1128ad371ed6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="88a275af31e6301bf8ccff80b0f1b685" ns2:_="" ns3:_="">
     <xsd:import namespace="2776c5c8-58ca-4358-8434-65033f741ffa"/>
     <xsd:import namespace="c924aea9-21ee-4af1-b9ea-1128ad371ed6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -4874,89 +5017,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c924aea9-21ee-4af1-b9ea-1128ad371ed6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2776c5c8-58ca-4358-8434-65033f741ffa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="c924aea9-21ee-4af1-b9ea-1128ad371ed6">
+      <UserInfo>
+        <DisplayName>Paulette Hampton</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Joyce Winstead</DisplayName>
+        <AccountId>14</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27C7C052-5B51-4A3D-8E44-D22982C7F825}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B79A4946-B256-4E6E-9A57-5701003EEEE1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E62B622E-8871-4D05-9C44-5501AF949FE0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="b7822f13-4243-49ff-a19d-4279db89cbeb"/>
     <ds:schemaRef ds:uri="bea11312-dc8f-42aa-a70c-512d860ee08f"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BC81836-8F77-420F-9F31-B2F953B3225A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27C7C052-5B51-4A3D-8E44-D22982C7F825}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4183</Characters>
+  <Pages>2</Pages>
+  <Words>667</Words>
+  <Characters>3945</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>146</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4907</CharactersWithSpaces>
+  <CharactersWithSpaces>4542</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="12" baseType="variant">
+      <vt:variant>
+        <vt:i4>6881366</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:practice@ncbon.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6881366</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:practice@ncbon.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Paulette Hampton</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003660396C9C4B9A458281E22864B25FE5</vt:lpwstr>
   </property>